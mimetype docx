--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -17,989 +17,774 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2102"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="2244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A7DAC" w14:paraId="6887D895" w14:textId="77777777" w:rsidTr="00EE2E8F">
+      <w:tr w:rsidR="007A7DAC" w14:paraId="37D89500" w14:textId="77777777" w:rsidTr="00622853">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="327B6FB0" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRDefault="00FA1324" w:rsidP="005D4210">
+          <w:p w14:paraId="368D40C4" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="00751966">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="30"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005D4210">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Service </w:t>
             </w:r>
-            <w:r w:rsidRPr="007366AD">
+            <w:r w:rsidR="00751966">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Handicap et Maintien dans l’emploi</w:t>
+              <w:t>Handicap et maintien dans l’emploi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:bottom w:w="142" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4478843C" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="000175DC" w:rsidP="005D4210">
+          <w:p w14:paraId="63FA6376" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="005D4210" w:rsidP="005D4210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidR="005D4210">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="007A7DAC" w:rsidRPr="007A7DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>onvention</w:t>
             </w:r>
-            <w:r w:rsidR="00FA1324">
-[...9 lines deleted...]
-            <w:r w:rsidR="00FA1324" w:rsidRPr="00FA1324">
+            <w:r w:rsidR="00751966">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
                 <w:sz w:val="30"/>
               </w:rPr>
-              <w:t>de mise en œuvre de la période de préparation au reclassement</w:t>
+              <w:t xml:space="preserve"> de mise en œuvre de la période de préparation au reclassement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2102" w:type="dxa"/>
+            <w:tcW w:w="2244" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:bottom w:w="142" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E75CEB5" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+          <w:p w14:paraId="17C691EB" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="00751966">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
               </w:rPr>
-              <w:t xml:space="preserve">N° </w:t>
+              <w:t>N° 202</w:t>
             </w:r>
-            <w:r w:rsidR="00603001">
+            <w:r w:rsidR="00751966">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>-XXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E8CBC5F" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF" w:rsidP="00B955DF"/>
-    <w:p w14:paraId="38236619" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="0AD8F66C" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF" w:rsidP="00B955DF"/>
+    <w:p w14:paraId="40724368" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4110A1E7" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00EE2E8F" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="7A90D321" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21009DD7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
-          <w:bottom w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
+          <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE2E8F">
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Comment compléter le modèle d’avenant :</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="361FE612" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00EE2E8F" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t>Comment compléter le projet de c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>onvention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB3F688" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00F62B50" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
-          <w:bottom w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
+          <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="00CA2180" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00EE2E8F" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26058671" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
-          <w:bottom w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
+          <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2E8F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009408E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Les éléments en bleu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6573E09F" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00EE2E8F" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:color w:val="2E74B5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ne doivent être conservés dans l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que si </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>les parties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sont concerné</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D035805" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
-          <w:bottom w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
+          <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009408E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2E8F">
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les éléments en </w:t>
+      </w:r>
+      <w:r w:rsidR="009408E5" w:rsidRPr="009408E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>vert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009408E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE2E8F">
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">- mettre fin à la période de préparation au reclassement débutée avant l’avis du conseil médical, si l’avis rendu ultérieurement n’est pas un avis d’inaptitude aux fonctions du grade et que l’autorité territoriale ou le président du </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2E8F">
+        <w:t>visent à exp</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Cdg</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2E8F">
+        <w:t>liciter les différents contenus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ou le président du CNFPT décide d’y mettre un terme ;</w:t>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> et doivent être supprimés dans l</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00EE2E8F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">- d’adapter le contenu, la durée et les modalités de déroulement de la période de préparation au reclassement à la suite des évaluations faites au cours de son déroulement ; </w:t>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> con</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00EE2E8F">
+        <w:t>vention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>- de prolonger le terme de la période de préparation au reclassement en cas de congés le permettant ;</w:t>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> final</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00EE2E8F">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>- de maintenir le fonctionnaire en position d’activité pour une durée de 3 mois maximum lorsque l’agent formule une demande de reclassement et que celui-ci ne peut intervenir immédiatement.</w:t>
-[...209 lines deleted...]
-    <w:p w14:paraId="744F3ED2" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44548FC8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F29EF6F" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00B955DF"/>
-    <w:p w14:paraId="26D33397" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="7B1CCEEF" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Entre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6EFF86" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00AA109D" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="1B3B9A84" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00AA109D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="304D7F16" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00261803" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="58A37ED0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La Commune / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> l’Établissement public</w:t>
+        <w:t>l’Établissement</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">public </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC1A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(à préciser)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, représentée par son </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maire / Président </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(à préciser)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00A26682">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A3531">
-[...46 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00A26682">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dûment habilité par la délibération n° … (à compléter) en date du … (à compléter) à signer la présente convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26682">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5BE2">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="007141EB">
+      <w:r w:rsidRPr="00A26682">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(à ne faire figurer que lorsque </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26682">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la collectivité n’est pas affiliée</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">], </w:t>
+      <w:r w:rsidRPr="00A26682">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au centre de gestion et dès lors que cette convention engage des dépenses (ce qui relève du module complémentaire prévu à l’article …… de la présente convention ) pour la collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26682">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>],</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>à signer la présente convention, ci-après dénommé</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(e) </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> » ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28114CCE" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="1344C8A2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ABC3E32" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
-[...6 lines deleted...]
-    <w:p w14:paraId="62AAE951" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="50D1A4E0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15AEFDCB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C5AA82" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="002A5A76" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="754B151B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C75AE22" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Monsieur / Madame </w:t>
       </w:r>
       <w:r w:rsidRPr="00773CA3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>… (à compléter)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, titulaire du grade </w:t>
       </w:r>
       <w:r w:rsidRPr="00773CA3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
@@ -1056,9990 +841,10387 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, ci-après dénommé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(e) </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>« le fonctionnaire » ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272B0E27" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F"/>
-    <w:p w14:paraId="39CAA83D" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007A7DAC" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="29A63BF9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69578F54" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F227B7B" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA4FD3C" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="002A5A76" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="48E80216" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F">
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Le Centre de gestion de la fonction publique territoriale du Rhône et de la Métropole de Lyon, représenté par son Président, Philippe LOCATELLI </w:t>
+      </w:r>
+      <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dûment habilité par la délibération n</w:t>
+      </w:r>
+      <w:r w:rsidR="00751966">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>°2022-46 en date du 10 octobre 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à signer la présente convention, ci-après dénommé « le </w:t>
+      </w:r>
+      <w:r w:rsidR="00751966">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cdg69 </w:t>
+      </w:r>
+      <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>» ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A4EF1F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le code général de la fonction publique, notamment les articles L.826-2 et suivants ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7625AB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="188FEDCF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu le décret n° 85-1054 du 30 septembre 1985 relatif au reclassement des fonctionnaires territoriaux reconnus inaptes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à l’exercice de leurs fonctions ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A2EC1F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59495DDE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FF62DD" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu la délibération n° 2019-53 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du 7 octobre 2019 portant création d’une mission d’accompagnement à la mise en œuvre de la période de préparation au reclassement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA2EA1C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FF62DD" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu la délibération n° 2021-37 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du 28 juin 2021 portant évolution des tarifs de la mission d’accompagnement à la mise en œuvre des périodes de préparation au reclassement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFC138D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vu la délibération n° 2022-46 du 10 octobre 2022 portant mise à jour des modèles de convention et d’avenant PPR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33871145" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAE4015" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’avis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9696B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du conseil médical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en date du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>déclarant l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e fonctionnaire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inapte aux fonctions correspondant aux emplois de son grade et préconisant un reclassement ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADD526D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57AFEF8C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu l’information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en date du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Pour rappel : l’information du médecin du travail doit se faire avant la notification du projet de convention à l’agent]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>médecin du travail du projet de la présente convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1385A06F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08687C3F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant que le fonctionnaire a été déclaré inapte aux </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fonctions correspondant aux emplois de son grade</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B734006" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6BF66D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Considérant que le fonctionnaire a été déclaré apte à exercer les missions suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD9A20A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172A4FF3" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D49C98F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C65A34" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant que le fonctionnaire, par courrier </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la collectivité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en date du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a été informé de son droit à bénéficier d’une période de préparation au reclassement ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7F3BE8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="622A03E7" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant que la période de préparation au reclassement débute </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002774B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>à compter de la réception par l'aut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orité territoriale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002774B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de l'avis du conseil médical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E49FD8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD4DCA9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7038">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A222C44" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C090F16" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Considérant que la période de préparation au reclassement débute à compter de sa reprise si l’agent bénéficie d’un congé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7038">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pour raison de santé, en CITIS, en congé de maternité ou bénéficie de l’un des congés liés aux charges parentales prévus aux articles L.631-6 à L.631-9 du code général de la fonction publique ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2294856D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36CF768C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5003AB6E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D47B3F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant la demande du fonctionnaire en date du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et l’accord de la collectivité en date du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, la date de début de la période de préparation au reclassement est reportée de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[dans la limite de 2 mois] ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D88E305" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377A2D6E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7038">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652D9D1D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F15EAB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant la demande du fonctionnaire en date du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, la date de début de la période de préparation au reclassement est fixée à la date à laquelle l’avis du conseil médical a été sollicité, soit le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C986A2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253EDDC1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77CDF3FA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant que le fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a accepté de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bénéfic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’une</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> période de préparation au reclassement ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3315A6DF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60AF85F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vu l’arrêté en date du …. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(à compléter)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">octroyant au fonctionnaire le bénéfice d‘une période de préparation au reclassement à compter du …… </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(à compléter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en fonction de la situation de l’agent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B31D1C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A70A6D9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant que M…………….. effectuera un stage OU/ ET une mise en situation auprès de …………….. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00773CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(à compléter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> par le nom et le siège de la structure d’accueil en cas de stage et/ou mise en situation à l’extérieur de la collectivité)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a été associé(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545CEA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à l'élaboration de la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">présente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">convention pour ce qui concerne les modalités d'accueil de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M………………. ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBD86FB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F03534" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7038">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Considérant que le fonctionnaire a été associé à l’élaboration de la présente convention ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55360CFE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159D44EB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D699A47" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F">
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t>Il est en conséquence convenu ce qui suit :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67506464" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+      <w:pPr>
+        <w:pStyle w:val="Titrearticle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Article 1 : </w:t>
+      </w:r>
+      <w:r w:rsidR="00751966">
+        <w:t>Objet de la convention</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12283EED" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La période de préparation au reclassement permet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d’accompagner la transition professionnelle du fon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctionnaire vers le reclassement et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> préparer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA3302">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et, le cas échéant, de qualifier son bénéficiaire pour l'exercice de nouvelles fonctions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compatible</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec son état de santé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D02C179" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC4FB59" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il est rappelé que </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e reclassement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du fonctionnaire par la collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> constitue une obligation de moyens et non pas une obligation de résultats. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68EB6E9B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AFF1204" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La présente convention a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">donc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pour objet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de définir les modalités de cet accompagnement et de la prise en charge du fonctionnaire durant cette période.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1662F7E6" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DCD013A" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+      <w:pPr>
+        <w:pStyle w:val="Titrearticle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article 2 : </w:t>
+      </w:r>
+      <w:r w:rsidR="00751966">
+        <w:t>Durée</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB503A1" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La période de préparation au reclassement a débuté le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à compter de l’avis du conseil médical si l’agent est en fonction OU à compter de sa reprise de fonction si l’agent est en congé </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour raison de santé, en CITIS, en congé de maternité ou bénéficie de l’un des congés liés aux charges parentales prévus aux articles L.631-6 à L.631-9 du code général de la fonction publique </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6657">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[congé de naissance, congé pour l’arrivée d’un enfant en vue de son adoption, congé d’adoption, congé de paternité et d’accueil de l’enfant]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6657">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OU, sur demande de l’agent, à compter de la date à laquelle l’avis du conseil médical a été sollicité OU sur demande de l’agent et après accord de la collectivité, à une date fixée (et dans la limite de deux mois à compter de la réception de l’avis du conseil médical) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et se terminera au plus tard le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">… (à compléter : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>durée maximum d’un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7759378A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B4934F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En cas de reclassement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au cours de la période de préparation au reclassement, la présente convention prendra fin de plein droit à la date </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reclassement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E840004" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79014369" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En cas de manquements caractérisés au respect des termes de la convention, la PPR  pourra être écourtée dans les conditions prévues à l’article 9 de la présente convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4084088F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="244921B4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D30AEB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En cas de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">congés pour raisons de santé, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de congé pour invalidité temporaire imputable au service (CITIS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> congé </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>maternité,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> congé de naissance, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">congé pour l’arrivée d’un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enfant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en vue de son adoption, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">congé d’adoption, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">congé </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>paternité et d’accueil de l’enfant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au cours de la période de préparation au reclassement, la date de fin de la PPR est reportée de la durée de ce (ou ces) congé(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249EC25F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79937107" w14:textId="77777777" w:rsidR="00EE23A8" w:rsidRDefault="00EE23A8" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="2864146D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Titrearticle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Actions proposées au fonctionnaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22706F3E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Préparation à la transition professionnelle </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E68689A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Actions proposées par le cdg69</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1681B5F0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u titre de l’an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE0B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alyse des aptitudes et </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE0B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compétences personnelles et professionnelles du fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cdg69 met en œuvre les actions suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092D7170" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F658079" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63FE70EE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...2714 lines deleted...]
-    <w:p w14:paraId="712DEC59" w14:textId="59793ACE" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modules </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du socle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de base :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333F4589" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...55 lines deleted...]
-    <w:p w14:paraId="09D0F936" w14:textId="555582B6" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>une réunion d’information collective</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5B61E7" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...55 lines deleted...]
-    <w:p w14:paraId="30F54F3B" w14:textId="08F5B0F0" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>un entretien individuel de pré-diagnostic</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C7992F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="654C77BD" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">peut également </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>chois</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>des modules d’accompagnement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complémentaire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s dont les tarifs sont prévus par les délibérations susvisées,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parmi les propositions suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419A7B6E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C3334">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Module(s) complémentaire(s) :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7E08C5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un entretien diagnostic approfondi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">(coût de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>l’élaboration</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>380</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du projet professionnel (tests, entretiens face à face) et la recherche d’une formation (coût de </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>120</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="4DED5044" w14:textId="08644E91" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2423574B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">une évaluation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la faisabilité du projet de reclassement par la mise en place de tests (évaluation du potentiel, savoirs de base) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">(coût de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>un  accompagnement</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>380</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dans les actions post-bilan (mise en œuvre et évaluation des stages d’observation et d’immersion) (coût de </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>96</w:t>
-[...92 lines deleted...]
-    <w:p w14:paraId="73098506" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00F56683" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD89708" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">l’élaboration </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du projet professionnel (tests,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entretiens face à face) et </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recherche </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d’une formation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">un </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">(coût de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>accompagnement individualisé à la recherche de poste</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>630</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62DD">
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(coût de </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F413AD4" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...61 lines deleted...]
-    <w:p w14:paraId="42B449A9" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="62271659" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un  accompagnement dans les actions post-bilan (mise en œuvre et évaluation des stages d’observation et d’immersion) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(coût de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10914BB2" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3111ACB4" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u titre de l’accompagnement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE0B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du fonctionnaire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans la recherche de reclassement,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cdg69 met en œuvre l’(es) action(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suivante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F53755">
-[...2 lines deleted...]
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1B4258" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46CCF259" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="2A3BDAD4" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00261C04" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du socle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261803">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de base :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7A2C01" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00710A7F" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...25 lines deleted...]
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proposition de postes via </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="009F37F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.emploi-territorial.fr/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4CF6FCE0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un atelier TRE - techniques de recherche d’emploi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A500766" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179C40AF" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="006D7BE5" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...15 lines deleted...]
-    <w:p w14:paraId="606A3331" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="2B38AEB8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">peut également </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>chois</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>des modules d’accompagnement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complémentaire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C01A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dont les tarifs sont prévus par les délibérations susvisées parmi les propositions suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38939A71" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Module complémentaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3334">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1198B37A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un accompagnement individualisé à la recherche de poste </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(coût de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>250</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A29FB4E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279AAAB7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261C04" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4434">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4434">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Actions proposées par la collectivité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7393FDFA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C48B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F835550" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C6C8A58" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007141EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
-          <w:i/>
-          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007141EB">
+      <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007141EB">
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>3.2 Formation(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B043939" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se préparer et, le cas échéant, de se qualifier aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le fonctionnaire bénéficie des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de formation suivantes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C13FEB8" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261C04" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>… (à compléter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061FCFD5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D74E2F1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si ces informations ne sont pas connues </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au moment de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la signature de la convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les modalités pratiques des actions de formation (durée, horaires, lieu…) seront précisées par avenant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5832F2BE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35974FE5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4434">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:b/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4434">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4434">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:b/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>3.3 Stage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’observation ou de mise en situation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E0DB1D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> : si pas de stage prévu au moment de la signature de la convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35428F9F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se préparer aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pourra effectuer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un stage </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d’observation et/ou de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mise en situation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558CA76B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FFF99DA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>À cette fin, l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22338">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e fonctionnaire d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>evra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22338">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engager une recherche de stage. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et, le cas échéant, le cdg69 dans le cadre de son dispositif de stage inter-collectivités </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assiste</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ront</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le fonctionnaire dans sa recherche.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBDFBD6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22733110" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s modalités pratiques du stage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/ou de mise en situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seront précisées par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>voie d’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>avenant.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dès lors que le fonctionnaire effectue un stage d’observation et/ou de mise en situation hors de sa collectivité, l’avenant est élaboré en concertation avec la collectivité, l’établissement ou l’organisme d’accueil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6207">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour ce qui concerne les modalités d'accueil </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et lui est transmis pour information et signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382DF101" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5583840F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FB1F10" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(le cas échéant : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stage déjà prévu au moment de la signature de la convention)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316E2557" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se préparer aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">effectue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un stage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d’observation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de mise en situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699B580A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078D64E2" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Le cas échéant, si le stage a lieu hors de la collectivité)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La structure d’accueil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a été associé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’élaboration de la présente convention pour ce qui concerne les</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modalités d'accueil de M…………… </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La présente convention lui est transmise pour information sur les conditions de déroulement du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545CEA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stage d’observation et/ou de mise en situation ainsi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5663DF22" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5073FB8F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> structure d’accueil s’engage à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC84D92" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="0C867F7C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>garantir et respecter les conditions d’accueil du fonctionnaire définies par le présent avenant,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3554A472" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="0067204E" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">garantir et respecter les conditions d’accueil </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du fonctionnaire définies par la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> présent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED5660E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">accompagner le fonctionnaire accueilli durant son stage </w:t>
-[...35 lines deleted...]
-    <w:p w14:paraId="0B356B0E" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="0067204E" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t>accompagner le fonctionnaire accueilli durant son stage et/ou sa mise en situation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB8EECA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0067204E">
+      <w:r w:rsidRPr="00F20391">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F01DC">
+        <w:t xml:space="preserve">(Dans tous les cas, y compris stage ou mise en situation dans la collectivité) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...19 lines deleted...]
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Au cours du stage, le fonctionnaire sera encadré par un tuteur</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0067204E">
+        <w:t xml:space="preserve">Au cours du stage, le fonctionnaire sera encadré </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>par un tuteur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0067204E">
+      <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">qui est chargé de le guider, de favoriser son intégration dans le service d’accueil, de l’aider dans l’acquisition des compétences nécessaires et d’organiser et d’évaluer les actions effectuées. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B58B00F" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t xml:space="preserve">qui est chargé de le guider, de favoriser son intégration dans le service d’accueil, de l’aider dans l’acquisition des compétences nécessaires et d’organiser et d’évaluer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>les actions effectuées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00ADB512" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00F24A84" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3466FD3A" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...18 lines deleted...]
-          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+    <w:p w14:paraId="2308266B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00AC2B7F" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Celui-ci aura lieu :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0D6260" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="0AB6972A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">au sein de la collectivité </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00896D1C">
-[...25 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="001316C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">préciser le service d’accueil, la durée du stage ainsi que, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001316C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, les </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>missions / fonctions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001316C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>confiées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001316C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le grade correspondant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, les horaires et les objectifs donnés au stage et à la mise en situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001316C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D71547">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le tuteur désigné est : ………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00896D1C">
+      <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(nom, prénom, qualité)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1283E195" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...17 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="19D1DF65" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001316C0" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001316C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6871C966" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="0067204E" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="2373D935" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">auprès de la structure d’accueil </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00896D1C">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">préciser la structure d’accueil, le service, la durée du stage ainsi que, le cas échéant, les </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>missions / fonctions confiées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le grade correspondant, les horaires,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93359">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00896D1C">
-[...14 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00C93359">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et les objectifs donnés au stage et à la mise en situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le tuteur désigné est : ……………… </w:t>
       </w:r>
-      <w:r w:rsidRPr="00896D1C">
+      <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(nom, prénom, qualité).</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le stage et / ou la mise en situation est organisé</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> conformément aux avis du conseil médical et du médecin du travail transmis par la collectivité. En outre, si des adaptations au poste de travail sont nécessaires, la structure d’accueil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et/ou le cdg69 </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>devra en être informé</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> par la collectivité.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00F24A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704837B3" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...40 lines deleted...]
-    <w:p w14:paraId="3C68E5BA" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00D06EFF" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="2E60883B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48570395" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant : uniquement si stage prévu au moment de la signature de la convention)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D31398A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
-          <w:i/>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D06EFF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.4 Fin du stage et/ou de la mise en situation </w:t>
-[...8 lines deleted...]
-          <w:i/>
+        <w:t>3.4 F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...5 lines deleted...]
-          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">in du stage et/ou de la mise en situation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74795386" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...10 lines deleted...]
-          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...9 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La structure d’accueil se réserve le droit de mettre fin au stage et/ou à la mise en situation en cas de non-respect par le fonctionnaire des modalités prévues et ce, après en avoir prévenu, par écrit, l’intéressé et la collectivité.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...5 lines deleted...]
-          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D862733" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...10 lines deleted...]
-          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9AC28B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...9 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La collectivité pourra mettre un terme au stage et/ou à la mise en situation en cas de non-respect des modalités fixées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...10 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour le déroulement de celui-ci. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...10 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22262172" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDDC8D0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le fonctionnaire peut </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>solliciter sa collectivité par écrit afin qu’il soit mis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fin au stage et/ou à la mise en situation, en cas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d’inadéquation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dudit stage et/ou de la mise en situation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>avec les objectifs définis.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Suite à la réception de ces éléments, la collectivité pourra décider de mettre un terme au stage et/ou à la mise en situation dans les conditions fixées à l’alinéa précédent.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766DA874" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E462A0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Au terme de la durée prévue du stage et/ou de la mise en situation, le fonctionnaire poursuit ses actions de reclassement et continue de bénéficier de la période de préparation au reclassement. La fin de stage anticipée ne met pas un terme à la période de préparation de reclassement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C14D8DE" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="3FA870F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="3C02693B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Titrearticle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Evaluation des actions proposées au fonctionnaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438BCA6F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et le cdg69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nt conjointement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le suivi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">régulier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des actions proposées au fonctionnaire. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E1E188" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48961D1C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Des évaluations sont réalisées conjointement avec le fonctionnaire, la collectivité et/ou le cdg69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à compter de la signature de la présente convention </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à l’issue de chaque prestation mobilisée, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">afin de faire un bilan des actions proposées et réalisées </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en application de l’article 3 de la présente convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E79AEE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2F7B8B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00773CA3" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ces évaluations prennent la forme d’un entretien entre le fonctionnaire, la collectivité et/ou le cdg69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ains</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i que l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e tuteur désigné</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="0B6F07FB" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dans le cadre du stage d’observation et/ou de mise en situation prévu à l’article 3-3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A37097" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06233CAE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">A l’occasion de ces évaluations, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les actions proposées au fonctionnaire et acceptées par celui-ci </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pourront être modifiées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sur proposition de la collectivité et/ou du cdg69, par voie d’avenant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dans les conditions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fixées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’article</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DBA14D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="54C7C264" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
-        <w:spacing w:after="240"/>
-[...457 lines deleted...]
-    <w:p w14:paraId="147565D2" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="00D06EFF" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Situation administrative du fonctionnaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7951BE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tout au long de la période de préparation au reclassement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, dont la durée est fixée à l’article 2 de la présente convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le fonctionnaire est en position d’activité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D496E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dans son cadre d'emplois d'origine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et reste employé par sa collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La période de préparation au reclassement est assimilée à une période de service effectif pendant laquelle le fonctionnaire conserve tous les droits liés à la position d’activité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F41B093" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761FED56" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...90 lines deleted...]
-          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>Rémunération</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E0F8B3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le fonctionnaire perçoit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> son plein traitement au cours de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> période de préparation au reclassement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, ainsi que le cas échéant l’indemnité de résidence,  le supplément familial de traitement, le cas échéant, le complément de traitement indiciaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(NB : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S’agissant du régime indemnitaire et du RIFSEEP, la réglementation ne prévoit pas de maintien obligatoire. Il faut donc vous référer à la délibération de votre collectivité sur ce sujet. V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ous pouvez </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">également </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retrouver toutes les informations </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relatives au RI pendant la PPR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans la note juridique </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dédiée à ce sujet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB1B9A0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, dès lors qu’il est prévu par la ou les délibérations sur le RIFSEEP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...34 lines deleted...]
-          <w:i/>
+    </w:p>
+    <w:p w14:paraId="332B1DB8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E63177">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e régime indemnitaire correspondant à son grade d’origine est maintenu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, conformément à la délibération instaurant le RIFSEEP au sein de la collectivité. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181FF995" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB68586" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le régime indemnitaire correspondant à son grade d’origine n’est pas maintenu, conformément à la délibération instaurant le RIFSEEP au sein de la collectivité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2D2896" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257B0A90" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009B49FA" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En fonction des </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>actions proposées à l’article 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, le fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pourra être amené à effectuer des déplacements. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Il bénéficiera de la prise en charge de ses frais de déplacement et de séjour dans les conditions prévues par les décrets n° 2001-654 du 19 juillet 2001 et n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00182C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">° </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0627">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006-781 du 3 juillet 2006.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...111 lines deleted...]
-    <w:p w14:paraId="207D2F8F" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    </w:p>
+    <w:p w14:paraId="7C510AC1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C168327" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007141EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...127 lines deleted...]
-    <w:p w14:paraId="77948205" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        </w:rPr>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>Congés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B23E85" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Au</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cours de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> période de préparation au reclassement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, le fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bénéficie des différents congés auxquels peuvent prétendre les fonctionnaires territoriaux en position d’activité (congés annuels, congé de maternité, congés de maladie…) sous réserve qu’il en remplisse les conditions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F153581" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB270BF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Les congés annuels du fonctionnaire sont accordés par la collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22338">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, conformément aux dispositions du décret n°</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22338">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">85-1250 du 26 novembre 1985, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B02AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> après</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accord</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la structure d’accueil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B02AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079C5C41" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>réciser les dates de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> congé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s annuels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si celles-ci sont connues au moment de la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, en tenant compte des dates des actions proposées à l’article 3 de la convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A6F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148BEFAD" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57766CF4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001803F4" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007141EB">
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001803F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cas particulier : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174CFEAB" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...57 lines deleted...]
-    <w:p w14:paraId="4DA610E4" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="753EB3D0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009A6F1C" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">congés pour raison de santé, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CITIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, d'un congé de maternité ou de l'un des congés liés aux charges parentales prévus aux articles L. 631-6 à L. 631-9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans le cas où l'agent bénéficie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de l’un de ces congés, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la date de fin de la période de préparation au reclassement, est reportée de la durée de ce congé.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Un avenant viendra alors préciser la nouvelle échéance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01853757" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA8B2FC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007141EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001803F4">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
         <w:t>5.3 Protection sociale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E2DC28" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...50 lines deleted...]
-    <w:p w14:paraId="75870F08" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+    <w:p w14:paraId="58E75818" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2B8156" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le fonctionnaire qui suit une des actions proposées à l’article 3 de la présente convention bénéficie de la protection sociale des accidents de travail et des maladies professionnelles. La collectivité prend en charge le coût de cette protection, conformément à la réglementation dont relève le fonctionnaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260D9A4F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E588E9" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>5.4 Discipline</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC24608" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Durant la période de préparation au reclassement, le fonctionnaire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>est soumis aux droits, aux obligations et à la déontologie incombant à tout fonctionnaire en position d’activité. En cas de manquement aux obligations et à la déontologie, l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pourra engager une procédure disciplinaire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’encontre du fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...198 lines deleted...]
-    <w:p w14:paraId="18C621B6" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(le cas échéant, si un stage est déjà prévu par la convention) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sur proposition de la structure d’accueil</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A05969F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="037012F4" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="7D93CF29" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Titrearticle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Engagement des parties</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7F64C3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D0348E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
+      <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0407F373" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        </w:rPr>
+        <w:t>.1 Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du fonctionnaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744952E5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
-[...37 lines deleted...]
-    <w:p w14:paraId="40133C53" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007F01DC" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le fonctionnaire s’engage à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFE1507" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00DB58BF" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...67 lines deleted...]
-    <w:p w14:paraId="3CFE02CF" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participer à </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’élaboration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des actions proposées à l’article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D796E82" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-[...333 lines deleted...]
-    <w:p w14:paraId="1488F67A" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="001B6FCE" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s’impliquer dans un processus pouvant aboutir à un reclassement sur un poste correspondant à son état de santé auprès de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sa collectivité ou de tout autre employeur public,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56913735" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suivre </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de manière assidue et respecter les horaires d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es actions proposées à l’artic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E39B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">informer la structure d’accueil </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E39B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">et / ou le cdg69 </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>: si stage prévu au moment de la signature de la convention)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E39B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>de tout élément permettant le bon déroulement du stage et/ou de la mise en situation.</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        <w:t xml:space="preserve"> y compris durant le stage d’observation et/ou de mise en situation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFFDF1F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">produire toutes pièces demandées par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’employeur ou </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cdg69 dans le cadre de l’exécution de la présente convention,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421F6D32" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>présenter une demande de reclassement au plus tard au terme prévu à l’article 2 de la présente convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AACF533" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FB1F10" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="5603B6B6" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant : si stage prévu au moment de la signature de la convention)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s’impliquer dans son stage d’observation et/ou de mise en situation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20391">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et respecter les objectifs fixés,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68477DCA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>.2 Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>la collectivité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B1AD8A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s’engage à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505B43F9" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FC1A4F" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1A4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prendre en charge la rémunération </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1A4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les frais </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1A4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durant l’ensemble de la période</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de préparation au reclassement,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584B942D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participer à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’élaboration et suivre le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> déroulement des actions proposées à l’article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668071B0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assister le fonctionnaire dans les démarches à effectuer pour réaliser les actions proposées à l’article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689669FE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le cas échéant, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adapter les actions proposées à l’article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de la présente convention ou proposer de nouvelles actions au regard de l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’évaluation prévue à l’article 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6D152E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accompagner le fonctionnaire dans sa recherche d’un emploi compatible avec son état de santé tout au long de la période de préparation au reclassement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD272BC" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dans la mesure du possible, proposer au fonctionnaire des postes de reclassement compatible avec son état de santé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008854DE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00E25C34" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1A4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contracter </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E56EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es assurances permettant la couverture des risques en rapport avec le suivi par le fonctionnaire des actions proposées à l’article 3 de la présente convention, notamment en matière de responsabilité civile et de déplacements professionnels</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F822A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant, si stage prévu lors de la signature de la convention)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y compris durant le stage d’observation et/ou de mise en situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092C6F77" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00336F3E" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25C34">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>(le cas échéant, si stage prévu lors de la signature de la convention)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformer la structure d’accueil </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et / ou le cdg69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-          <w:sz w:val="22"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="70F02825" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>de tout élément permettant le bon déroulement du stage et/ou de la mise en situation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BCDF28" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>.3 Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D72E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>cdg69</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C9C5FA" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cdg69 s’engage à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BCF21B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...169 lines deleted...]
-    <w:p w14:paraId="2DDD3C77" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRPr="007141EB" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participer à l’élaboration et suivre le déroulement des actions proposées par le cdg69 à l’article 3 de la présente convention, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A0D5B7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assister le fonctionnaire dans les démarches à effectuer pour réaliser les actions proposées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le cdg69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à l’article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7333BA80" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le cas échéant, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adapter les actions proposées</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le cdg69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la présente convention ou proposer de nouvelles actions au regard de l’évaluation prévue à l’artic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le 4 de la présente convention,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2286A55B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accompagner le fonctionnaire dans sa recherche d’un emploi compatible avec son état de santé tout au long de la période de préparation au reclassement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22825A6B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dans la mesure du possible, proposer au fonctionnaire des postes de reclassement compatible avec son état de santé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD383D9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="367618E3" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Titrearticle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Dispositions financières</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA59C72" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>7.1 Actions de préparation à la transition professionnelle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6FB567" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le coût des </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>modules du socle de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> base proposés par le cdg69 et visés à l’article 3.1 de la présente convention est à la charge du cdg69, à l’exception des frais de déplacements supportés par la collectivité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178F1127" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6691CBC0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007141EB">
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>(le cas échéant, pour les collectivités non affiliées)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le coût des modules complémentaires proposés par le cdg69 visés à l’article 3.1 de la présente convention et choisis par la collectivité est à la charge de la collectivité. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024262A4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CED18B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>(le cas échéant, pour les collectivités affiliées)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les modules complémentaires proposés par le cdg69 visés à l’article 3.1 de la présente convention et choisis par la collectivité sont délivrés à titre gratuit dans le cadre de la convention FIPHFP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6449A287" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77ED0E80" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>7.2 Formations, stages et mises en situation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C522F32" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Les frais pédagogiques des actions de formation prévues à l’article 3.2 de la présente convention sont à la charge de la collectivité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E9842E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3480AB95" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Les frais de déplacement afférents aux périodes de formation et de stage sont à la charge de la collectivité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474348EC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B515EBF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La rémunération du fonctionnaire durant les périodes de formation et de stage est à la charge de la collectivité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BACBD7E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001803F4" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CEE9192" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009D496E" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D496E">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>7.3 Modalités de règlement (le cas échéant, pour les collectivités non affiliées)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57535F2F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009D496E" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D496E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...192 lines deleted...]
-    <w:p w14:paraId="00185E55" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+        <w:t xml:space="preserve">Les prestations visées à l’article 3 et réalisées seront facturées après service fait en juin et en décembre. L’avis des sommes à payer sera déposé sur chorus pro à l’appui du code service et/ou numéro d’engagement qui devront être communiqués au cdg69. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3477836A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="67F93E37" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="41E788CB" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Délai d’acceptation par le fonctionnaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD4B379" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le fonctionnaire dispose d’un délai de quinze jours à compter de la notification de la présente convention pour signer cette dernière.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF60D95" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63740B28" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">À défaut de signature dans ce délai de quinze jours, le fonctionnaire est réputé refuser la période de préparation au reclassement pour la durée restant à courir. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DCEB73" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="37418686" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="6A77AA23" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Modification - Résiliation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB718A8" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Toute modification de la présente convention fera l’objet d’un avenant écrit et signé par l’ensemble des parties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3739B67B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1A512B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La présente convention pourra être dénoncée,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par chacune des parties,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par lettre recommandée avec accusé de réception </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en cas de manquements caractérisés par l’une d’elles aux stipulations de la présente convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A8B935" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD6173F" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il est rappelé qu’en cas de manquement du fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au respect des termes de la convention et notamment aux </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>engagements souscrits à l’article 6.1, il sera mis fin à la période de préparation au reclassement de manière anticipée, quel que soit l’état d’avancement de son projet de reclassement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F46A26E" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D227EF" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En cas de dénonciation de la convention par l’une des parties citées ci-dessus, la présente convention sera résiliée de plein droit à la date de la réception de la lettre de dénonciation par le fonctionnaire et/ou par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la collectivité et/ou par le cdg69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0052CABA" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0337FF51" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
-        <w:rPr>
-[...45 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Règlement des litiges</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164A6D51" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006774CB" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les parties s’engagent à rechercher, en cas de litige sur l’interprétation ou sur l’application de la présente convention, toute voie amiable de règlement avant de soumettre tout différend à une instance juridictionnelle. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405088B1" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006774CB" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C98C4CE" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00BA5627" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-          <w:color w:val="0070C0"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="178EE856" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>En cas d’échec des voies amiables,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le règlement des litiges survenant de l’interprétation ou de l’application de la présente convention relève de la compétence du Tribunal Administratif de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1940">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C45911"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">… </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1940">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C45911"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>(Indiquer le lieu et l’adresse du tribunal compétent : Tribunal Administratif de Lyon, 184 Rue Duguesclin, 69003 LYON, pour les collectivités du Rhône)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1940">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5627">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>dans le respect des délais de recours en vigueur, éventuellement au moyen d’une requête</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1940">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> déposée sur le site </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="004A1940">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="fr-FR"/>
+          </w:rPr>
+          <w:t>www.telerecours.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC2F48B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="412C4CF1" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7DAC">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Données personnelles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B908839" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cdg69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pourra être amené à recueillir des données personnelles du fonctionnaire pour la mise en œuvre de la présente convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C6E845" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C978AF" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cdg69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est tenu au respect de la réglementation en vigueur applicable au traitement de données à caractère personnel et, en particulier, le règlement européen sur la protection des données (RGPD).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53278E57" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8C855C" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conformément à l’article 24 du RGPD, compte tenu de la nature, de la portée, du contexte et des finalités du traitement ainsi que des risques, dont le degré de probabilité et de gravité varie, pour les droits et libertés des personnes physiques, le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cdg69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met en œuvre les mesures techniques et organisationnelles appropriées pour s'assurer et être en mesure de démontrer que le traitement est effectué conformément au RGPD. Ces mesures sont réexaminées et actualisées si nécessaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE4E786" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3492D600" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le délégué à la protection des données du </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cdg69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peut être contacté par mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00210BBB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>dpd@cdg69.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00287B12" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C061671" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0097A9AC" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La prés</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ente convention est établie en trois exemp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laires originaux </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001803F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[chaque exemplaire doit revêtir les trois signatures originales, c’est-à-dire une signature manuscrite ou une signature électronique mais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001803F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...153 lines deleted...]
-        </w:rPr>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en aucun cas une version scannée des signatures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001803F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui n’a aucune valeur juridique]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dont un pour chacune des parties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5554EB53" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D49FB4" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00582FC3" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1026 lines deleted...]
-          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le cas échéant, pour les fonctionnaires intercommunaux</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a présente convention sera transmise aux aut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>res employeurs du fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non signataires de cette convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FF8572" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAF4413" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00582FC3" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...264 lines deleted...]
-          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le cas échéant, pour les fonctionnaires </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>effectuant un stage et/ou une mise en situation hors collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007141EB">
-[...523 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a présente convention sera transmise </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>à la structure d’accueil, associée à son élaboration s’agissant des modalités d’accueil du fonctionnaire, pour information et signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12ADC57B" w14:textId="77777777" w:rsidR="00FA1324" w:rsidRDefault="00FA1324" w:rsidP="00FA1324">
-[...653 lines deleted...]
-    <w:p w14:paraId="2EE40553" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="07D368B1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="54641555" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006C0D7F" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="1E933F37" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:t xml:space="preserve">À </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="7CAD0868" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+        <w:t>À Sainte Foy-lès-Lyon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11ECD296" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="15287405" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45578169" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BF7AF92" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="490C6678" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:ind w:left="6379" w:hanging="6379"/>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="06231E07" wp14:editId="0C43A439">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="6772A6DB" wp14:editId="34780949">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2967990</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>146685</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1089891" cy="1089891"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Image 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1089891" cy="1089891"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:t xml:space="preserve">Le Maire ou Président </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
         <w:t>Le Président,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78174003" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="7BC3F4D0" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EFFBA56" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="2793CCFF" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:before="1200"/>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:t>Prénom NOM</w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
         <w:t>Philippe LOCATELLI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239C49D7" w14:textId="77777777" w:rsidR="001D78BD" w:rsidRDefault="001D78BD" w:rsidP="001D78BD">
+    <w:p w14:paraId="6C2C08CF" w14:textId="77777777" w:rsidR="001D78BD" w:rsidRDefault="001D78BD" w:rsidP="001D78BD">
       <w:pPr>
         <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DC9735B" w14:textId="77777777" w:rsidR="002D130E" w:rsidRDefault="002D130E" w:rsidP="001D78BD">
-[...238 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="705AD38C" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF"/>
+    <w:sectPr w:rsidR="00B955DF" w:rsidSect="00EE23A8">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="964" w:right="1134" w:bottom="1134" w:left="1134" w:header="397" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="397" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07F94B2E" w14:textId="77777777" w:rsidR="00356475" w:rsidRDefault="00356475" w:rsidP="003B1EAE">
+    <w:p w14:paraId="7EED1E0B" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F3EAE34" w14:textId="77777777" w:rsidR="00356475" w:rsidRDefault="00356475" w:rsidP="003B1EAE">
+    <w:p w14:paraId="32581524" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -11065,101 +11247,101 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TriplexBold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="50002048" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
+    <w:sig w:usb0="A00000AF" w:usb1="50002048" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway Medium">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Triplex Sans OT">
     <w:panose1 w:val="02000806040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="45BE8E5E" w14:textId="77777777" w:rsidR="002273D2" w:rsidRDefault="00161BC6" w:rsidP="008D3BA9">
+  <w:p w14:paraId="32FB74FF" w14:textId="77777777" w:rsidR="002273D2" w:rsidRDefault="00161BC6" w:rsidP="008D3BA9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D1EBCC8" wp14:editId="0F3D16C8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BC2CC44" wp14:editId="3B232259">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-320040</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-25400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4550400" cy="230400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19691"/>
               <wp:lineTo x="21434" y="19691"/>
               <wp:lineTo x="21434" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="4" name="Image 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -11202,122 +11384,122 @@
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EE2E8F">
+    <w:r w:rsidR="009408E5">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EE2E8F">
+    <w:r w:rsidR="009408E5">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
-      <w:t>12</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2B0A9502" w14:textId="77777777" w:rsidR="002273D2" w:rsidRPr="00161BC6" w:rsidRDefault="002273D2" w:rsidP="008D3BA9">
+  <w:p w14:paraId="7A5003EF" w14:textId="77777777" w:rsidR="002273D2" w:rsidRPr="00161BC6" w:rsidRDefault="002273D2" w:rsidP="008D3BA9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="252AC733" wp14:editId="7528A65F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D908F7" wp14:editId="38399684">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>396240</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10146030</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4622400" cy="234000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19370"/>
               <wp:lineTo x="21455" y="19370"/>
               <wp:lineTo x="21455" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="3" name="Image 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -11360,197 +11542,197 @@
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EE2E8F">
+    <w:r w:rsidR="009408E5">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EE2E8F">
+    <w:r w:rsidR="009408E5">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
-      <w:t>12</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08A4AA6D" w14:textId="77777777" w:rsidR="00356475" w:rsidRDefault="00356475" w:rsidP="003B1EAE">
+    <w:p w14:paraId="7E915CC7" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7766AAEC" w14:textId="77777777" w:rsidR="00356475" w:rsidRDefault="00356475" w:rsidP="003B1EAE">
+    <w:p w14:paraId="28942F25" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="21628F7C" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00346AA1" w:rsidP="00346AA1">
+  <w:p w14:paraId="5B5B5DD5" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00346AA1" w:rsidP="00346AA1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:leader="underscore" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="-510"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Nom / Année-Mois / service / Trigramme</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="57FD002A" w14:textId="77777777" w:rsidR="003B1EAE" w:rsidRDefault="0048300D" w:rsidP="00EB4A03">
+  <w:p w14:paraId="485A86C9" w14:textId="77777777" w:rsidR="003B1EAE" w:rsidRDefault="0048300D" w:rsidP="00EB4A03">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:after="330"/>
       <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="359FAD21" wp14:editId="49C1A6DA">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DE97B69" wp14:editId="11304523">
+          <wp:extent cx="3160800" cy="1191600"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="8890"/>
           <wp:docPr id="2" name="Image 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="..\Logos\NB\cdg69-logo-NB.tif"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3160800" cy="1281600"/>
+                    <a:ext cx="3160800" cy="1191600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11522337"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A1673F8"/>
@@ -11809,199 +11991,50 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3F642271"/>
-[...147 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DAC1347"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BCA81236"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -12100,50 +12133,163 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="628E2F38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="618C9032"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6537336A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F78477E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -12391,206 +12537,201 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2129542651">
+  <w:num w:numId="1" w16cid:durableId="1705251877">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1020857456">
+  <w:num w:numId="2" w16cid:durableId="1491825604">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="824202044">
+  <w:num w:numId="3" w16cid:durableId="2026979307">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1346057083">
+  <w:num w:numId="4" w16cid:durableId="311760885">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1713308572">
+  <w:num w:numId="5" w16cid:durableId="1014529212">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2074350375">
+  <w:num w:numId="6" w16cid:durableId="1788351697">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2004581774">
+  <w:num w:numId="7" w16cid:durableId="989405829">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1997492628">
+  <w:num w:numId="8" w16cid:durableId="232467980">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2077165146">
+  <w:num w:numId="9" w16cid:durableId="1818036988">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1668553335">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="129"/>
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="156"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00356475"/>
+    <w:rsidRoot w:val="002B1E91"/>
     <w:rsid w:val="000168A0"/>
-    <w:rsid w:val="000175DC"/>
-    <w:rsid w:val="000261CF"/>
     <w:rsid w:val="00031BCF"/>
     <w:rsid w:val="000459D8"/>
     <w:rsid w:val="00091F96"/>
     <w:rsid w:val="00094C2C"/>
-    <w:rsid w:val="000C3F15"/>
     <w:rsid w:val="00101DFF"/>
     <w:rsid w:val="00144624"/>
     <w:rsid w:val="00145A8E"/>
     <w:rsid w:val="00161BC6"/>
     <w:rsid w:val="001D78BD"/>
     <w:rsid w:val="002273D2"/>
-    <w:rsid w:val="0023109D"/>
     <w:rsid w:val="002A64B5"/>
-    <w:rsid w:val="002D130E"/>
+    <w:rsid w:val="002B1E91"/>
     <w:rsid w:val="002F26D6"/>
-    <w:rsid w:val="0031317B"/>
     <w:rsid w:val="00346AA1"/>
-    <w:rsid w:val="00356475"/>
+    <w:rsid w:val="00352219"/>
     <w:rsid w:val="003961AF"/>
     <w:rsid w:val="003B1EAE"/>
-    <w:rsid w:val="00455143"/>
     <w:rsid w:val="00464BF6"/>
     <w:rsid w:val="0048300D"/>
     <w:rsid w:val="00517759"/>
     <w:rsid w:val="00522C59"/>
-    <w:rsid w:val="00571BDC"/>
+    <w:rsid w:val="005965FC"/>
     <w:rsid w:val="005A2BA6"/>
     <w:rsid w:val="005C4430"/>
     <w:rsid w:val="005D4210"/>
-    <w:rsid w:val="00603001"/>
-    <w:rsid w:val="00655410"/>
+    <w:rsid w:val="00622853"/>
     <w:rsid w:val="00687F23"/>
     <w:rsid w:val="006A6A15"/>
     <w:rsid w:val="006B364A"/>
     <w:rsid w:val="006B791A"/>
     <w:rsid w:val="006C0D7F"/>
+    <w:rsid w:val="006E327D"/>
     <w:rsid w:val="00747A4A"/>
+    <w:rsid w:val="00751966"/>
     <w:rsid w:val="007A3950"/>
     <w:rsid w:val="007A7DAC"/>
     <w:rsid w:val="00814A39"/>
-    <w:rsid w:val="008968C7"/>
     <w:rsid w:val="008C37BB"/>
     <w:rsid w:val="008D3BA9"/>
     <w:rsid w:val="009137D3"/>
+    <w:rsid w:val="009408E5"/>
     <w:rsid w:val="009A2748"/>
     <w:rsid w:val="009A6094"/>
+    <w:rsid w:val="00A515ED"/>
     <w:rsid w:val="00A712A6"/>
+    <w:rsid w:val="00B33ABA"/>
     <w:rsid w:val="00B955DF"/>
     <w:rsid w:val="00BE523B"/>
+    <w:rsid w:val="00C26F1A"/>
     <w:rsid w:val="00D02F3F"/>
-    <w:rsid w:val="00D06EFF"/>
     <w:rsid w:val="00D1180A"/>
     <w:rsid w:val="00D968A7"/>
+    <w:rsid w:val="00E562E6"/>
     <w:rsid w:val="00EB4A03"/>
     <w:rsid w:val="00ED46D1"/>
     <w:rsid w:val="00EE23A8"/>
-    <w:rsid w:val="00EE2E8F"/>
     <w:rsid w:val="00EF7B5A"/>
     <w:rsid w:val="00F119A3"/>
     <w:rsid w:val="00F16632"/>
-    <w:rsid w:val="00FA1324"/>
     <w:rsid w:val="00FA4658"/>
+    <w:rsid w:val="00FC6EDE"/>
     <w:rsid w:val="00FE20B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5833E2D0"/>
+  <w14:docId w14:val="5F3FB32B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7A9DD4AE-88A0-4399-9086-3ED494AE5147}"/>
+  <w15:docId w15:val="{15940305-B25B-45A1-8522-DC25532DECD3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12653,51 +12794,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13460,51 +13601,51 @@
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00B955DF"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
       <w:ind w:left="660"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B955DF"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre1"/>
     <w:rsid w:val="00B955DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Raleway" w:eastAsia="Times New Roman" w:hAnsi="Raleway" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre2"/>
@@ -13631,129 +13772,141 @@
     <w:qFormat/>
     <w:rsid w:val="001D78BD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Chapeau">
     <w:name w:val="Chapeau"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EF7B5A"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="2" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
       <w:ind w:left="113"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA1324"/>
+    <w:rsid w:val="00751966"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Listearticle">
     <w:name w:val="Liste article"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListearticleCar"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00FA1324"/>
+    <w:rsid w:val="00751966"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListearticleCar">
     <w:name w:val="Liste article Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Listearticle"/>
-    <w:rsid w:val="00FA1324"/>
+    <w:rsid w:val="00751966"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="005965FC"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1875922394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emploi-territorial.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpd@cdg69.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.telerecours.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.tif"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\isis\Handicap\Mod&#232;les\PPR%20-%20Mod&#232;le%20-%20Avenant%20convention%20PPR%20-%202025.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13982,82 +14135,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46753B67-A0EE-46E9-BC12-78B13FA40384}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64576BE7-CB73-4E44-BF9B-9F7ADA386DDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>PPR - Modèle - Avenant convention PPR - 2025.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>20533</Characters>
+  <Pages>10</Pages>
+  <Words>4173</Words>
+  <Characters>22954</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>171</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>191</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>cdg69</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24218</CharactersWithSpaces>
+  <CharactersWithSpaces>27073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>NEGRO Stéphanie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>