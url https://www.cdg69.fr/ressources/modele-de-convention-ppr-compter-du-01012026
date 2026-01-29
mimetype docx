--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -21,259 +21,259 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="2244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A7DAC" w14:paraId="27E803D9" w14:textId="77777777" w:rsidTr="00622853">
+      <w:tr w:rsidR="007A7DAC" w14:paraId="37D89500" w14:textId="77777777" w:rsidTr="00622853">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D9CF5D0" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="00751966">
+          <w:p w14:paraId="368D40C4" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="00751966">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="30"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4210">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Service </w:t>
             </w:r>
             <w:r w:rsidR="00751966">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Handicap et maintien dans l’emploi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:bottom w:w="142" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="098F3024" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="005D4210" w:rsidP="005D4210">
+          <w:p w14:paraId="63FA6376" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="005D4210" w:rsidP="005D4210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="007A7DAC" w:rsidRPr="007A7DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>onvention</w:t>
             </w:r>
             <w:r w:rsidR="00751966">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway Medium" w:hAnsi="Raleway Medium"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve"> de mise en œuvre de la période de préparation au reclassement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2244" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:bottom w:w="142" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5536870E" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="00751966">
+          <w:p w14:paraId="17C691EB" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="00751966">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>N° 202</w:t>
             </w:r>
             <w:r w:rsidR="00751966">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
               </w:rPr>
               <w:t>-XXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AE8548E" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF" w:rsidP="00B955DF"/>
-    <w:p w14:paraId="0E009252" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0AD8F66C" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF" w:rsidP="00B955DF"/>
+    <w:p w14:paraId="40724368" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46FA193F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7A90D321" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A76E57" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="21009DD7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
           <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Comment compléter le projet de c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>onvention</w:t>
       </w:r>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4940BB06" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00F62B50" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2FB3F688" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00F62B50" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
           <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5353B097" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="26058671" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
           <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009408E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Les éléments en bleu</w:t>
       </w:r>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
@@ -315,51 +315,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>les parties</w:t>
       </w:r>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> sont concerné</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAA81C6" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3D035805" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="000472E7" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="C45911"/>
           <w:left w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
           <w:bottom w:val="single" w:sz="24" w:space="1" w:color="C45911"/>
           <w:right w:val="single" w:sz="24" w:space="4" w:color="C45911"/>
         </w:pBdr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009408E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">Les éléments en </w:t>
       </w:r>
       <w:r w:rsidR="009408E5" w:rsidRPr="009408E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
@@ -406,86 +406,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>vention</w:t>
       </w:r>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> final</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000472E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44415881" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="44548FC8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19ED22F5" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="7B1CCEEF" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Entre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3962DF88" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00AA109D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1B3B9A84" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00AA109D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="212625AC" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="58A37ED0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La Commune / </w:t>
       </w:r>
       <w:r>
@@ -672,98 +672,98 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> » ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7FF2FA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1344C8A2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A994333" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="50D1A4E0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64B3E852" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="15AEFDCB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E48819" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="754B151B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E462005" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5C75AE22" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monsieur / Madame </w:t>
       </w:r>
       <w:r w:rsidRPr="00773CA3">
         <w:rPr>
@@ -841,290 +841,290 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, ci-après dénommé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(e) </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>« le fonctionnaire » ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534719BC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="29A63BF9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69B32ACB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="69578F54" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197DA45C" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="5F227B7B" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04172582" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F">
+    <w:p w14:paraId="48E80216" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F">
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Le Centre de gestion de la fonction publique territoriale du Rhône et de la Métropole de Lyon, représenté par son Président, Philippe LOCATELLI </w:t>
       </w:r>
       <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dûment habilité par la délibération n</w:t>
       </w:r>
       <w:r w:rsidR="00751966">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>°2022-46 en date du 10 octobre 2022</w:t>
       </w:r>
       <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">à signer la présente convention, ci-après dénommé « le </w:t>
       </w:r>
       <w:r w:rsidR="00751966">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">cdg69 </w:t>
       </w:r>
       <w:r w:rsidR="00751966" w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>» ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070695AA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="07A4EF1F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le code général de la fonction publique, notamment les articles L.826-2 et suivants ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A85F65" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="306067DB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5D7625AB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="188FEDCF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu le décret n° 85-1054 du 30 septembre 1985 relatif au reclassement des fonctionnaires territoriaux reconnus inaptes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">à l’exercice de leurs fonctions ; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7CFEF1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="3F4D6135" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FF62DD" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="64A2EC1F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59495DDE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FF62DD" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu la délibération n° 2019-53 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>du 7 octobre 2019 portant création d’une mission d’accompagnement à la mise en œuvre de la période de préparation au reclassement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1696F943" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FF62DD" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6EA2EA1C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FF62DD" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu la délibération n° 2021-37 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>du 28 juin 2021 portant évolution des tarifs de la mission d’accompagnement à la mise en œuvre des périodes de préparation au reclassement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E52BFF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7AFC138D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vu la délibération n° 2022-46 du 10 octobre 2022 portant mise à jour des modèles de convention et d’avenant PPR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD5B95E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="04351BED" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="33871145" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAE4015" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1181,65 +1181,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>déclarant l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e fonctionnaire </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>inapte aux fonctions correspondant aux emplois de son grade et préconisant un reclassement ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047CFF3C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="4A5853BF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3ADD526D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57AFEF8C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu l’information </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1287,212 +1287,212 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">du </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>médecin du travail du projet de la présente convention</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3991B402" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="25B3809A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1385A06F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08687C3F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant que le fonctionnaire a été déclaré inapte aux </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fonctions correspondant aux emplois de son grade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72595F8C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="69B36243" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2B734006" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6BF66D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Considérant que le fonctionnaire a été déclaré apte à exercer les missions suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CD8D77" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6BD9A20A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="002A5A76" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C48B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>… (à compléter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B8E200" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="172A4FF3" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C48B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>… (à compléter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C2F6B1" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="527E8BDD" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4D49C98F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C65A34" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant que le fonctionnaire, par courrier </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1516,64 +1516,64 @@
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>… (à compléter)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a été informé de son droit à bénéficier d’une période de préparation au reclassement ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC87387" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="3404E9F8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2E7F3BE8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="622A03E7" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant que la période de préparation au reclassement débute </w:t>
       </w:r>
       <w:r w:rsidRPr="002774B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1587,187 +1587,187 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">orité territoriale </w:t>
       </w:r>
       <w:r w:rsidRPr="002774B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de l'avis du conseil médical</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B90A676" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="374ECEC4" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="00E49FD8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD4DCA9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7038">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655EFD22" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="0821E995" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4A222C44" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C090F16" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Considérant que la période de préparation au reclassement débute à compter de sa reprise si l’agent bénéficie d’un congé</w:t>
       </w:r>
       <w:r w:rsidRPr="006B2EFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF7038">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pour raison de santé, en CITIS, en congé de maternité ou bénéficie de l’un des congés liés aux charges parentales prévus aux articles L.631-6 à L.631-9 du code général de la fonction publique ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180A9FA5" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="6A9B3E5A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2294856D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36CF768C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B3F27D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="726A7F8C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5003AB6E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D47B3F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant la demande du fonctionnaire en date du </w:t>
       </w:r>
       <w:r w:rsidRPr="006C48B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
@@ -1831,99 +1831,99 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[dans la limite de 2 mois] ;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAC0B67" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="353E5DD6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6D88E305" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377A2D6E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7038">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A2B87A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="618C0313" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="652D9D1D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F15EAB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant la demande du fonctionnaire en date du </w:t>
       </w:r>
       <w:r w:rsidRPr="006C48B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
@@ -1960,77 +1960,77 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535ED92D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...25 lines deleted...]
-    <w:p w14:paraId="3D9D6E88" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="43C986A2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253EDDC1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77CDF3FA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Considérant que le fonctionnaire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2080,322 +2080,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’une</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> période de préparation au reclassement ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA62628" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="1012A2B4" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3315A6DF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60AF85F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vu l’arrêté en date du …. </w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>(à compléter)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">octroyant au fonctionnaire le bénéfice d‘une période de préparation au reclassement à compter du …… </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(à compléter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en fonction de la situation de l’agent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5A76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B31D1C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A70A6D9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="002A5A76">
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considérant que M…………….. effectuera un stage OU/ ET une mise en situation auprès de …………….. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00773CA3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(à compléter</w:t>
-      </w:r>
-[...170 lines deleted...]
-        <w:t xml:space="preserve"> compléter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> par le nom et le siège de la structure d’accueil en cas de stage et/ou mise en situation à l’extérieur de la collectivité)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -2432,132 +2352,132 @@
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">présente </w:t>
       </w:r>
       <w:r w:rsidRPr="00545CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">convention pour ce qui concerne les modalités d'accueil de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M………………. ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B365986" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="5F15222D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6EBD86FB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F03534" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00EF7038" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7038">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Considérant que le fonctionnaire a été associé à l’élaboration de la présente convention ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48CCF08A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...25 lines deleted...]
-    <w:p w14:paraId="754F0AF7" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F">
+    <w:p w14:paraId="55360CFE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159D44EB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D699A47" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="006C0D7F">
       <w:r w:rsidRPr="007A7DAC">
         <w:t>Il est en conséquence convenu ce qui suit :</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74649226" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="67506464" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Article 1 : </w:t>
       </w:r>
       <w:r w:rsidR="00751966">
         <w:t>Objet de la convention</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5147B5B6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="12283EED" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La période de préparation au reclassement permet </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2616,64 +2536,64 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>compatible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec son état de santé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4712F556" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="3D5AC580" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2D02C179" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC4FB59" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Il est rappelé que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2687,132 +2607,132 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e reclassement </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>du fonctionnaire par la collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> constitue une obligation de moyens et non pas une obligation de résultats. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E57907F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="604F3F89" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="68EB6E9B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AFF1204" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La présente convention a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">donc </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pour objet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de définir les modalités de cet accompagnement et de la prise en charge du fonctionnaire durant cette période.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B455E15" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="1662F7E6" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F373A60" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="6DCD013A" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="007A7DAC" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article 2 : </w:t>
       </w:r>
       <w:r w:rsidR="00751966">
         <w:t>Durée</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C73A2F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6CB503A1" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E6B65">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La période de préparation au reclassement a débuté le</w:t>
       </w:r>
       <w:r w:rsidRPr="007E6B65">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
@@ -2924,64 +2844,64 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>durée maximum d’un</w:t>
       </w:r>
       <w:r w:rsidRPr="007E6B65">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> an)</w:t>
       </w:r>
       <w:r w:rsidRPr="007E6B65">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0FF796" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="519A1F84" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7759378A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B4934F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En cas de reclassement </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2995,99 +2915,99 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> au cours de la période de préparation au reclassement, la présente convention prendra fin de plein droit à la date </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> reclassement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B7E5B2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="49F38FDE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0E840004" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79014369" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En cas de manquements caractérisés au respect des termes de la convention, la PPR  pourra être écourtée dans les conditions prévues à l’article 9 de la présente convention.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE305F3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="63680DFF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D30AEB" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4084088F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="244921B4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D30AEB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En cas de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D30AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3245,135 +3165,135 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D30AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>paternité et d’accueil de l’enfant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> au cours de la période de préparation au reclassement, la date de fin de la PPR est reportée de la durée de ce (ou ces) congé(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EDDDDC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="2E1D51ED" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="249EC25F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79937107" w14:textId="77777777" w:rsidR="00EE23A8" w:rsidRDefault="00EE23A8" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="2864146D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Actions proposées au fonctionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DCB223" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="22706F3E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00317F83">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve">Préparation à la transition professionnelle </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAAB5AA" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4E68689A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Actions proposées par le cdg69</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26082981" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1681B5F0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3413,197 +3333,197 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>compétences personnelles et professionnelles du fonctionnaire</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le cdg69 met en œuvre les actions suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222CFF53" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="092D7170" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="334BD53D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2F658079" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F4066F0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="63FE70EE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261803" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00261803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Modules </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">du socle </w:t>
       </w:r>
       <w:r w:rsidRPr="00261803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de base :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BA06F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="333F4589" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>une réunion d’information collective</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA9FC49" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1D5B61E7" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>un entretien individuel de pré-diagnostic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47404C18" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="55C7992F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08B40AD1" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="654C77BD" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3693,511 +3613,424 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s dont les tarifs sont prévus par les délibérations susvisées,</w:t>
       </w:r>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>parmi les propositions suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0F9C15" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="419A7B6E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Module(s) complémentaire(s) :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E3DF9E" w14:textId="32C86D7F" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5E7E08C5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>un</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> entretien diagnostic approfondi </w:t>
+        <w:t xml:space="preserve">un entretien diagnostic approfondi </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(coût de </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0C53">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>380</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>80</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62DD">
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C069255" w14:textId="21E15D66" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2423574B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>une</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> évaluation </w:t>
+        <w:t xml:space="preserve">une évaluation </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de la faisabilité du projet de reclassement par la mise en place de tests (évaluation du potentiel, savoirs de base) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(coût de </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0C53">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>72</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>380</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62DD">
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632889DD" w14:textId="335630F1" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7AD89708" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>l’élaboration</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">l’élaboration </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>du projet professionnel (tests,</w:t>
+      </w:r>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>du projet professionnel (tests,</w:t>
+        <w:t xml:space="preserve"> entretiens face à face) et </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la</w:t>
       </w:r>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> entretiens face à face) et </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> recherche </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">d’une formation </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(coût de </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0C53">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>120</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>630</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62DD">
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253DCBF6" w14:textId="49C0112E" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="62271659" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> dans les actions post-bilan (mise en œuvre et évaluation des stages d’observation et d’immersion) </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un  accompagnement dans les actions post-bilan (mise en œuvre et évaluation des stages d’observation et d’immersion) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(coût de </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0C53">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>96</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62DD">
+        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC66CB1" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="10914BB2" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D44915A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3111ACB4" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4277,65 +4110,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A88F560" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0E1B4258" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="333A28E3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="46CCF259" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Modules</w:t>
@@ -4349,133 +4182,133 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">du socle </w:t>
       </w:r>
       <w:r w:rsidRPr="00261803">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de base :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593F4B1B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00710A7F" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3F7A2C01" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00710A7F" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">proposition de postes via </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="009F37F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.emploi-territorial.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C311EF3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4CF6FCE0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">un atelier TRE - techniques de recherche d’emploi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337D4FCE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3A500766" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="696B71AB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2B38AEB8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4565,86 +4398,86 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002C01A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dont les tarifs sont prévus par les délibérations susvisées parmi les propositions suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F4932C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="38939A71" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="003C3334" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Module complémentaire</w:t>
       </w:r>
       <w:r w:rsidRPr="003C3334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BEE7F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1198B37A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00057198" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">un accompagnement individualisé à la recherche de poste </w:t>
@@ -4668,1236 +4501,1129 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>250</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€, le cas échéant, pour les collectivités non affiliées</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D58E34" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="7FBD1F74" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261C04" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2A29FB4E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279AAAB7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261C04" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>(le cas échéant)</w:t>
+      </w:r>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...21 lines deleted...]
-          <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00261C04">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Actions proposées par la collectivité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156C98AF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7393FDFA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C48B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>… (à compléter)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A5A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022A28A7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="26662F30" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0F835550" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001C4434" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C6C8A58" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>le cas échéant</w:t>
+      </w:r>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001C4434">
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F53755">
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>3.2 Formation(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B043939" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se préparer et, le cas échéant, de se qualifier aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00261C04">
-[...14 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le fonctionnaire bénéficie des</w:t>
+      </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Afin de </w:t>
-[...9 lines deleted...]
-        <w:t>se préparer et, le cas échéant, de se qualifier aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+        <w:t xml:space="preserve"> actions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de formation suivantes</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F83D98" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261C04" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5C13FEB8" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00261C04" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>… (à compléter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5FA351" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="061FCFD5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F0955FC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0D74E2F1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cas échéant</w:t>
-[...10 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> si ces informations ne sont pas connues </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au moment de </w:t>
       </w:r>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> si ces informations ne sont pas connues </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">au moment de </w:t>
+        <w:t>la signature de la convention</w:t>
       </w:r>
       <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Les modalités pratiques des actions de formation (durée, horaires, lieu…) seront précisées par avenant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44346C41" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5832F2BE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A29CCEF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="35974FE5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00BA5627" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>le cas échéant</w:t>
+      </w:r>
       <w:r w:rsidRPr="001C4434">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001C4434">
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53755">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-          <w:b/>
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>3.3 Stage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’observation ou de mise en situation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E0DB1D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> : si pas de stage prévu au moment de la signature de la convention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F53755">
-[...2 lines deleted...]
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+    </w:p>
+    <w:p w14:paraId="35428F9F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se préparer aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pourra effectuer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un stage </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d’observation et/ou de</w:t>
+      </w:r>
       <w:r w:rsidRPr="00261C04">
         <w:rPr>
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-[...7 lines deleted...]
-        <w:t>(s)</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mise en situation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558CA76B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FFF99DA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>À cette fin, l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22338">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e fonctionnaire d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>evra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22338">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engager une recherche de stage. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et, le cas échéant, le cdg69 dans le cadre de son dispositif de stage inter-collectivités </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assiste</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ront</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le fonctionnaire dans sa recherche.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBDFBD6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22733110" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s modalités pratiques du stage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/ou de mise en situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seront précisées par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>voie d’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>avenant.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dès lors que le fonctionnaire effectue un stage d’observation et/ou de mise en situation hors de sa collectivité, l’avenant est élaboré en concertation avec la collectivité, l’établissement ou l’organisme d’accueil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6207">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour ce qui concerne les modalités d'accueil </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et lui est transmis pour information et signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382DF101" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5583840F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FB1F10" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(le cas échéant : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stage déjà prévu au moment de la signature de la convention)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316E2557" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se préparer aux emplois identifiés pour son reclassement et compatibles avec son état de santé,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">effectue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un stage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d’observation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB31A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de mise en situation</w:t>
       </w:r>
       <w:r w:rsidRPr="00261C04">
         <w:rPr>
-          <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
-[...180 lines deleted...]
-          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDDBB39" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...490 lines deleted...]
-    <w:p w14:paraId="47CE78E0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="699B580A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078D64E2" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Le cas échéant, si le stage a lieu hors de la collectivité)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
@@ -6008,121 +5734,122 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24A84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>signature.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FFF880" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="34ED3026" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5663DF22" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5073FB8F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> structure d’accueil s’engage à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5CFFFE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0C867F7C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">garantir et respecter les conditions d’accueil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>du fonctionnaire définies par la</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> présent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6142,78 +5869,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>convention</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD5731D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1ED5660E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>accompagner le fonctionnaire accueilli durant son stage et/ou sa mise en situation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13ADF016" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7BB8EECA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F20391">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">(Dans tous les cas, y compris stage ou mise en situation dans la collectivité) </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
@@ -6245,85 +5972,85 @@
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">qui est chargé de le guider, de favoriser son intégration dans le service d’accueil, de l’aider dans l’acquisition des compétences nécessaires et d’organiser et d’évaluer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>les actions effectuées</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E03996" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00F24A84" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="00ADB512" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00F24A84" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F0DEECF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00AC2B7F" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2308266B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00AC2B7F" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC2B7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Celui-ci aura lieu :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148F4156" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0AB6972A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">au sein de la collectivité </w:t>
@@ -6478,75 +6205,75 @@
         </w:rPr>
         <w:t>Le tuteur désigné est : ………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(nom, prénom, qualité)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CA3451" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001316C0" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="19D1DF65" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001316C0" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001316C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2645EA7C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2373D935" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F24A84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">auprès de la structure d’accueil </w:t>
       </w:r>
@@ -6758,227 +6485,203 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> par la collectivité.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24A84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63414F77" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2E60883B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B927FD1" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="48570395" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00D77D78" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77D78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="1E3E4ADF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+        <w:t>(le cas échéant : uniquement si stage prévu au moment de la signature de la convention)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D31398A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
         <w:t>3.4 F</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
         <w:t xml:space="preserve">in du stage et/ou de la mise en situation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CB0D99" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="74795386" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La structure d’accueil se réserve le droit de mettre fin au stage et/ou à la mise en situation en cas de non-respect par le fonctionnaire des modalités prévues et ce, après en avoir prévenu, par écrit, l’intéressé et la collectivité.</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D59673" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6D862733" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AF99AE3" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4E9AC28B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La collectivité pourra mettre un terme au stage et/ou à la mise en situation en cas de non-respect des modalités fixées</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour le déroulement de celui-ci. </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B7B987" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="22262172" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37553953" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2BDDC8D0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le fonctionnaire peut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
@@ -7019,110 +6722,105 @@
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>avec les objectifs définis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Suite à la réception de ces éléments, la collectivité pourra décider de mettre un terme au stage et/ou à la mise en situation dans les conditions fixées à l’alinéa précédent.</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B84F15A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="766DA874" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="162BFF7C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="67E462A0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Au terme de la durée prévue du stage et/ou de la mise en situation, le fonctionnaire poursuit ses actions de reclassement et continue de bénéficier de la période de préparation au reclassement. La fin de stage anticipée ne met pas un terme à la période de préparation de reclassement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F50034" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="4215A1A8" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3FA870F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="3C02693B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="52E790E8" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:r>
+        <w:t>Evaluation des actions proposées au fonctionnaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438BCA6F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7172,65 +6870,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> le suivi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">régulier </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">des actions proposées au fonctionnaire. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18AEFD2F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="0C33B2F1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="64E1E188" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48961D1C" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Des évaluations sont réalisées conjointement avec le fonctionnaire, la collectivité et/ou le cdg69 </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7260,65 +6958,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">afin de faire un bilan des actions proposées et réalisées </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en application de l’article 3 de la présente convention</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36648A3D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="4A1812F6" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00773CA3" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="41E79AEE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2F7B8B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00773CA3" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ces évaluations prennent la forme d’un entretien entre le fonctionnaire, la collectivité et/ou le cdg69 </w:t>
       </w:r>
       <w:r w:rsidRPr="00182C47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
@@ -7393,85 +7091,86 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">dans le cadre du stage d’observation et/ou de mise en situation prévu à l’article 3-3 </w:t>
       </w:r>
       <w:r w:rsidRPr="00261C04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189C482D" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...13 lines deleted...]
-    <w:p w14:paraId="3E89B3E6" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="51A37097" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06233CAE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A l’occasion de ces évaluations, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">les actions proposées au fonctionnaire et acceptées par celui-ci </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pourront être modifiées</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7511,69 +7210,69 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> à l’article</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C75852" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="51940C7E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="10DBA14D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="54C7C264" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Situation administrative du fonctionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B01B49" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0E7951BE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tout au long de la période de préparation au reclassement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, dont la durée est fixée à l’article 2 de la présente convention</w:t>
@@ -7597,164 +7296,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et reste employé par sa collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> La période de préparation au reclassement est assimilée à une période de service effectif pendant laquelle le fonctionnaire conserve tous les droits liés à la position d’activité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A138D5E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="5B2344C9" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5F41B093" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761FED56" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00317F83">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>Rémunération</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7312B3C0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="41E0F8B3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le fonctionnaire perçoit</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> son plein traitement au cours de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> période de préparation au reclassement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ainsi que le cas échéant l’indemnité de </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> supplément familial de traitement, le cas échéant, le complément de traitement indiciaire</w:t>
+        <w:t>, ainsi que le cas échéant l’indemnité de résidence,  le supplément familial de traitement, le cas échéant, le complément de traitement indiciaire</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E63177">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(NB : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
@@ -7820,219 +7501,207 @@
         <w:t xml:space="preserve"> dans la note juridique </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dédiée à ce sujet</w:t>
       </w:r>
       <w:r w:rsidRPr="00E63177">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F86B9B2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6EB1B9A0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00182C47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00182C47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>le cas échéant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, dès lors qu’il est prévu par la ou les délibérations sur le RIFSEEP</w:t>
+      </w:r>
       <w:r w:rsidRPr="00182C47">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8EBFB3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="332B1DB8" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E63177">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e régime indemnitaire correspondant à son grade d’origine est maintenu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, conformément à la délibération instaurant le RIFSEEP au sein de la collectivité. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255D0E4B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="181FF995" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DFA2C08" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1DB68586" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le régime indemnitaire correspondant à son grade d’origine n’est pas maintenu, conformément à la délibération instaurant le RIFSEEP au sein de la collectivité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0178387B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="7C1B66AD" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009B49FA" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7E2D2896" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006D7BE5" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257B0A90" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009B49FA" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En fonction des </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8076,92 +7745,92 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">° </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF0627">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2006-781 du 3 juillet 2006.</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423EEA31" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="02AB3C09" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7C510AC1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C168327" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00317F83">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>Congés</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2ADDC3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="16B23E85" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Au</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cours de </w:t>
@@ -8185,63 +7854,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, le fonctionnaire</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bénéficie des différents congés auxquels peuvent prétendre les fonctionnaires territoriaux en position d’activité (congés annuels, congé de maternité, congés de maladie…) sous réserve qu’il en remplisse les conditions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D8A8065" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="556C8B84" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4F153581" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB270BF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Les congés annuels du fonctionnaire sont accordés par la collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="00D22338">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8296,51 +7965,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la structure d’accueil</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02AA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40312537" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="079C5C41" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
@@ -8399,88 +8068,88 @@
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, en tenant compte des dates des actions proposées à l’article 3 de la convention</w:t>
       </w:r>
       <w:r w:rsidRPr="009A6F1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386D75CA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...12 lines deleted...]
-    <w:p w14:paraId="5A4C92CF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001803F4" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="148BEFAD" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57766CF4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001803F4" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001803F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cas particulier : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A8F387" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009A6F1C" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="753EB3D0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009A6F1C" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
       <w:r w:rsidRPr="00942F79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
@@ -8530,158 +8199,159 @@
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de l’un de ces congés, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0555">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la date de fin de la période de préparation au reclassement, est reportée de la durée de ce congé.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Un avenant viendra alors préciser la nouvelle échéance. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A936433" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="6377D06B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="01853757" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA8B2FC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001803F4">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>5.3 Protection sociale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06837530" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="7C335D85" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="58E75818" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2B8156" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le fonctionnaire qui suit une des actions proposées à l’article 3 de la présente convention bénéficie de la protection sociale des accidents de travail et des maladies professionnelles. La collectivité prend en charge le coût de cette protection, conformément à la réglementation dont relève le fonctionnaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5997A22A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...11 lines deleted...]
-    <w:p w14:paraId="2934FFFF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="260D9A4F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E588E9" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>5.4 Discipline</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714DB233" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6AC24608" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Durant la période de préparation au reclassement, le fonctionnaire </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>est soumis aux droits, aux obligations et à la déontologie incombant à tout fonctionnaire en position d’activité. En cas de manquement aux obligations et à la déontologie, l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pourra engager une procédure disciplinaire</w:t>
@@ -8710,137 +8380,137 @@
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(le cas échéant, si un stage est déjà prévu par la convention) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sur proposition de la structure d’accueil</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBA4331" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3A05969F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B08199" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="2E689968" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="037012F4" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="7D93CF29" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Engagement des parties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD207EA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2A7F64C3" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>.1 Engagement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve"> du fonctionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8693BD" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="744952E5" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B3BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le fonctionnaire s’engage à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDEC40E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00DB58BF" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3BFE1507" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00DB58BF" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">participer à </w:t>
@@ -8884,89 +8554,89 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33141372" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1D796E82" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B3BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s’impliquer dans un processus pouvant aboutir à un reclassement sur un poste correspondant à son état de santé auprès de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sa collectivité ou de tout autre employeur public,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243AC565" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="56913735" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B3BE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suivre </w:t>
@@ -9047,249 +8717,249 @@
       </w:r>
       <w:r w:rsidRPr="008E39B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: si stage prévu au moment de la signature de la convention)</w:t>
       </w:r>
       <w:r w:rsidRPr="008E39B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y compris durant le stage d’observation et/ou de mise en situation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB38A61" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="1BFFDF1F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">produire toutes pièces demandées par </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l’employeur ou </w:t>
       </w:r>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le cdg69 dans le cadre de l’exécution de la présente convention,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD0B182" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="421F6D32" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>présenter une demande de reclassement au plus tard au terme prévu à l’article 2 de la présente convention.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4036B53F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FB1F10" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4AACF533" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FB1F10" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB1F10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(le cas échéant : si stage prévu au moment de la signature de la convention)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB1F10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’impliquer dans son stage d’observation et/ou de mise en situation </w:t>
       </w:r>
       <w:r w:rsidRPr="00F20391">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et respecter les objectifs fixés,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD416D2" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="68477DCA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>.2 Engagement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>la collectivité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7C1D1B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="19B1AD8A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La collectivité</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’engage à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60754BBB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FC1A4F" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="505B43F9" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00FC1A4F" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prendre en charge la rémunération </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9309,51 +8979,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>du fonctionnaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> durant l’ensemble de la période</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de préparation au reclassement,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE7243F" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="584B942D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>participer à</w:t>
@@ -9397,51 +9067,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54663A29" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="668071B0" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">assister le fonctionnaire dans les démarches à effectuer pour réaliser les actions proposées à l’article </w:t>
@@ -9455,51 +9125,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D2165A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="689669FE" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">le cas échéant, </w:t>
@@ -9543,127 +9213,127 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’évaluation prévue à l’article 4</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B06445" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6D6D152E" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>accompagner le fonctionnaire dans sa recherche d’un emploi compatible avec son état de santé tout au long de la période de préparation au reclassement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7803825B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="0CD272BC" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dans la mesure du possible, proposer au fonctionnaire des postes de reclassement compatible avec son état de santé</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39ACCE5A" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00E25C34" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="008854DE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00E25C34" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">contracter </w:t>
       </w:r>
@@ -9706,51 +9376,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(le cas échéant, si stage prévu lors de la signature de la convention)</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y compris durant le stage d’observation et/ou de mise en situation</w:t>
       </w:r>
       <w:r w:rsidRPr="00E25C34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35751EC0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00336F3E" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="092C6F77" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00336F3E" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E25C34">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>(le cas échéant, si stage prévu lors de la signature de la convention)</w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
@@ -9774,154 +9444,155 @@
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">nformer la structure d’accueil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">et / ou le cdg69 </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>de tout élément permettant le bon déroulement du stage et/ou de la mise en situation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69296D3C" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="08BCDF28" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>.3 Engagement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72E5B">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>cdg69</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75508D8E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="50C9C5FA" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cdg69 s’engage à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E537CF8" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="67BCF21B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00783E9D" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">participer à l’élaboration et suivre le déroulement des actions proposées par le cdg69 à l’article 3 de la présente convention, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EDFDA6" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="56A0D5B7" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007E6B65" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assister le fonctionnaire dans les démarches à effectuer pour réaliser les actions proposées</w:t>
@@ -9955,51 +9626,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C28B50D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7333BA80" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">le cas échéant, </w:t>
@@ -10043,829 +9714,735 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la présente convention ou proposer de nouvelles actions au regard de l’évaluation prévue à l’artic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le 4 de la présente convention,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B69534" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2286A55B" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>accompagner le fonctionnaire dans sa recherche d’un emploi compatible avec son état de santé tout au long de la période de préparation au reclassement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2786D1DF" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="22825A6B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dans la mesure du possible, proposer au fonctionnaire des postes de reclassement compatible avec son état de santé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2E13BA" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="54B7BDDB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7DD383D9" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="367618E3" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Dispositions financières</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FB5AFE" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="6BA59C72" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>7.1 Actions de préparation à la transition professionnelle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DE9358" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="4B6FB567" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le coût des </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>modules du socle de</w:t>
       </w:r>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> base proposés par le cdg69 et visés à l’article 3.1 de la présente convention est à la charge du cdg69, à l’exception des frais de déplacements supportés par la collectivité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C78557" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
-[...10 lines deleted...]
-    <w:p w14:paraId="72532382" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="178F1127" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6691CBC0" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Listearticle"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>(le cas échéant, pour les collectivités non affiliées)</w:t>
+      </w:r>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
-          <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> Le coût des modules complémentaires proposés par le cdg69 visés à l’article 3.1 de la présente convention et choisis par la collectivité est à la charge de la collectivité. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024262A4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CED18B" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+      <w:pPr>
+        <w:pStyle w:val="Listearticle"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:i/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cas échéant, pour les collectivités non affiliées)</w:t>
+        <w:t>(le cas échéant, pour les collectivités affiliées)</w:t>
       </w:r>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Le coût des modules complémentaires proposés par le cdg69 visés à l’article 3.1 de la présente convention et choisis par la collectivité est à la charge de la collectivité. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A86284F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006774CB" w:rsidRDefault="00751966" w:rsidP="00751966">
+        <w:t xml:space="preserve"> Les modules complémentaires proposés par le cdg69 visés à l’article 3.1 de la présente convention et choisis par la collectivité sont délivrés à titre gratuit dans le cadre de la convention FIPHFP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6449A287" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Listearticle"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...48 lines deleted...]
-    <w:p w14:paraId="0DA0BC40" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77ED0E80" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
         <w:t>7.2 Formations, stages et mises en situation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A629394" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="5C522F32" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Les frais pédagogiques des actions de formation prévues à l’article 3.2 de la présente convention sont à la charge de la collectivité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C474AC" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="57E9842E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="00CD3CBE" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25BCD782" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3480AB95" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Listearticle"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Les frais de déplacement afférents aux périodes de formation et de stage sont à la charge de la collectivité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A454B7" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="474348EC" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Listearticle"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3352DD0D" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7B515EBF" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La rémunération du fonctionnaire durant les périodes de formation et de stage est à la charge de la collectivité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF71D22" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001803F4" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="7BACBD7E" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="001803F4" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F2559EB" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009D496E" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="2CEE9192" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009D496E" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D496E">
         <w:rPr>
           <w:rFonts w:ascii="Triplex Sans OT" w:hAnsi="Triplex Sans OT"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>7.3 Modalités de règlement (le cas échéant, pour les collectivités non affiliées)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F791E4" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009D496E" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="57535F2F" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="009D496E" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D496E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les prestations visées à l’article 3 et réalisées seront facturées après service fait en juin et en décembre. L’avis des sommes à payer sera déposé sur chorus pro à l’appui du code service et/ou numéro d’engagement qui devront être communiqués au cdg69. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A4CC0A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="37349145" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
+    <w:p w14:paraId="3477836A" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="67F93E37" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="007A7DAC" w:rsidRDefault="00751966" w:rsidP="00751966">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Délai d’acceptation par le fonctionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B5E4CC" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="5FD4B379" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le fonctionnaire dispose d’un délai de quinze jours à compter de la notification de la présente convention pour signer cette dernière.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B17530E" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="08DA1E20" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="7DF60D95" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63740B28" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">À défaut de signature dans ce délai de quinze jours, le fonctionnaire est réputé refuser la période de préparation au reclassement pour la durée restant à courir. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C26387" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="66710AD5" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="75DCEB73" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="37418686" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Modification - Résiliation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B97096" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1CB718A8" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="5CC4A42D" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Toute modification de la présente convention fera l’objet d’un avenant écrit et signé par l’ensemble des parties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00546D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3739B67B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1A512B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">À défaut de signature dans ce délai de quinze jours, le fonctionnaire est réputé refuser la période de préparation au reclassement pour la durée restant à courir. </w:t>
-[...25 lines deleted...]
-      </w:pPr>
+        <w:t>La présente convention pourra être dénoncée,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par chacune des parties,</w:t>
+      </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="32A3D02B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par lettre recommandée avec accusé de réception </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en cas de manquements caractérisés par l’une d’elles aux stipulations de la présente convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A8B935" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD6173F" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il est rappelé qu’en cas de manquement du fonctionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au respect des termes de la convention et notamment aux </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006774CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>engagements souscrits à l’article 6.1, il sera mis fin à la période de préparation au reclassement de manière anticipée, quel que soit l’état d’avancement de son projet de reclassement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F46A26E" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D227EF" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>La présente convention pourra être dénoncée,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> par chacune des parties,</w:t>
+        <w:t xml:space="preserve">En cas de dénonciation de la convention par l’une des parties citées ci-dessus, la présente convention sera résiliée de plein droit à la date de la réception de la lettre de dénonciation par le fonctionnaire et/ou par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la collectivité et/ou par le cdg69</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par lettre recommandée avec accusé de réception </w:t>
-[...102 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C155C0" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="080354C2" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="0052CABA" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0337FF51" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Règlement des litiges</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D75E30" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006774CB" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="164A6D51" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006774CB" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les parties s’engagent à rechercher, en cas de litige sur l’interprétation ou sur l’application de la présente convention, toute voie amiable de règlement avant de soumettre tout différend à une instance juridictionnelle. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B450466" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006774CB" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...12 lines deleted...]
-    <w:p w14:paraId="41C66FEF" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00BA5627" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="405088B1" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006774CB" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C98C4CE" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00BA5627" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>En cas d’échec des voies amiables,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> le règlement des litiges survenant de l’interprétation ou de l’application de la présente convention relève de la compétence du Tribunal Administratif de </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1940">
@@ -10906,199 +10483,199 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> déposée sur le site </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="004A1940">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>www.telerecours.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C0FB1D" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="001D78BD"/>
-    <w:p w14:paraId="2A6E78D4" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="3BC2F48B" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="412C4CF1" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="007A7DAC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Titrearticle"/>
       </w:pPr>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:r>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7DAC">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:t>Données personnelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1E2911" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="5B908839" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cdg69</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pourra être amené à recueillir des données personnelles du fonctionnaire pour la mise en œuvre de la présente convention.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1A5906" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="30D63218" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="52C6E845" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C978AF" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cdg69</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> est tenu au respect de la réglementation en vigueur applicable au traitement de données à caractère personnel et, en particulier, le règlement européen sur la protection des données (RGPD).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244C8063" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="53278E57" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E61C40" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="2F8C855C" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conformément à l’article 24 du RGPD, compte tenu de la nature, de la portée, du contexte et des finalités du traitement ainsi que des risques, dont le degré de probabilité et de gravité varie, pour les droits et libertés des personnes physiques, le </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cdg69</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> met en œuvre les mesures techniques et organisationnelles appropriées pour s'assurer et être en mesure de démontrer que le traitement est effectué conformément au RGPD. Ces mesures sont réexaminées et actualisées si nécessaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D68544" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="3CE4E786" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BC33627" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="3492D600" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le délégué à la protection des données du </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cdg69</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -11109,74 +10686,74 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00210BBB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>dpd@cdg69.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0155B4" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="00287B12" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D41A492" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...12 lines deleted...]
-    <w:p w14:paraId="7A534822" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+    <w:p w14:paraId="2C061671" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0097A9AC" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La prés</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11217,339 +10794,302 @@
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> qui n’a aucune valeur juridique]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dont un pour chacune des parties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68032B0C" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
-[...29 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5554EB53" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="006D7BE5" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D49FB4" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00582FC3" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00582FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>le cas échéant, pour les fonctionnaires intercommunaux</w:t>
+      </w:r>
       <w:r w:rsidRPr="00582FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> cas échéant, pour les fonctionnaires intercommunaux</w:t>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidRPr="00582FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>a présente convention sera transmise aux aut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>res employeurs du fonctionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non signataires de cette convention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FF8572" w14:textId="77777777" w:rsidR="005965FC" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAF4413" w14:textId="77777777" w:rsidR="005965FC" w:rsidRPr="00582FC3" w:rsidRDefault="005965FC" w:rsidP="005965FC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le cas échéant, pour les fonctionnaires </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>effectuant un stage et/ou une mise en situation hors collectivité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00582FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidRPr="00582FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a présente convention sera transmise aux aut</w:t>
-[...8 lines deleted...]
-        <w:t>res employeurs du fonctionnaire</w:t>
+        <w:t xml:space="preserve">a présente convention sera transmise </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>à la structure d’accueil, associée à son élaboration s’agissant des modalités d’accueil du fonctionnaire, pour information et signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00582FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> non signataires de cette convention.</w:t>
-[...109 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1463B1BB" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2E1A49C9" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="07D368B1" w14:textId="77777777" w:rsidR="00751966" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="54641555" w14:textId="77777777" w:rsidR="00751966" w:rsidRPr="006C0D7F" w:rsidRDefault="00751966" w:rsidP="001D78BD"/>
+    <w:p w14:paraId="1E933F37" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:t xml:space="preserve">À </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="418D6E20" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+        <w:t>À Sainte Foy-lès-Lyon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11ECD296" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="69C68DC0" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45578169" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0138ED93" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="490C6678" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:ind w:left="6379" w:hanging="6379"/>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="402B879A" wp14:editId="60FDE36E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="6772A6DB" wp14:editId="34780949">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2967990</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>146685</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1089891" cy="1089891"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Image 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
@@ -11574,114 +11114,114 @@
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:t xml:space="preserve">Le Maire ou Président </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
         <w:t>Le Président,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FFEC650" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="7BC3F4D0" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C0AE7D1" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
+    <w:p w14:paraId="2793CCFF" w14:textId="77777777" w:rsidR="007A7DAC" w:rsidRPr="006C0D7F" w:rsidRDefault="007A7DAC" w:rsidP="007A7DAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:before="1200"/>
       </w:pPr>
       <w:r w:rsidRPr="006C0D7F">
         <w:t>Prénom NOM</w:t>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C0D7F">
         <w:tab/>
         <w:t>Philippe LOCATELLI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796C32EF" w14:textId="77777777" w:rsidR="001D78BD" w:rsidRDefault="001D78BD" w:rsidP="001D78BD">
+    <w:p w14:paraId="6C2C08CF" w14:textId="77777777" w:rsidR="001D78BD" w:rsidRDefault="001D78BD" w:rsidP="001D78BD">
       <w:pPr>
         <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46EAFE53" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF"/>
+    <w:p w14:paraId="705AD38C" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00B955DF"/>
     <w:sectPr w:rsidR="00B955DF" w:rsidSect="00EE23A8">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="397" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="651C77AB" w14:textId="77777777" w:rsidR="00CF0C53" w:rsidRDefault="00CF0C53" w:rsidP="003B1EAE">
+    <w:p w14:paraId="7EED1E0B" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="620208BF" w14:textId="77777777" w:rsidR="00CF0C53" w:rsidRDefault="00CF0C53" w:rsidP="003B1EAE">
+    <w:p w14:paraId="32581524" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -11743,65 +11283,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Triplex Sans OT">
     <w:panose1 w:val="02000806040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6AD6B227" w14:textId="77777777" w:rsidR="002273D2" w:rsidRDefault="00161BC6" w:rsidP="008D3BA9">
+  <w:p w14:paraId="32FB74FF" w14:textId="77777777" w:rsidR="002273D2" w:rsidRDefault="00161BC6" w:rsidP="008D3BA9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69CAD009" wp14:editId="249BE67A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BC2CC44" wp14:editId="3B232259">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-320040</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-25400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4550400" cy="230400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19691"/>
               <wp:lineTo x="21434" y="19691"/>
               <wp:lineTo x="21434" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="4" name="Image 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -11900,66 +11440,66 @@
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009408E5">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="18F0A094" w14:textId="77777777" w:rsidR="002273D2" w:rsidRPr="00161BC6" w:rsidRDefault="002273D2" w:rsidP="008D3BA9">
+  <w:p w14:paraId="7A5003EF" w14:textId="77777777" w:rsidR="002273D2" w:rsidRPr="00161BC6" w:rsidRDefault="002273D2" w:rsidP="008D3BA9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="726DCADA" wp14:editId="790BF2B9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D908F7" wp14:editId="38399684">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>396240</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10146030</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4622400" cy="234000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19370"/>
               <wp:lineTo x="21455" y="19370"/>
               <wp:lineTo x="21455" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="3" name="Image 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -12059,109 +11599,109 @@
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009408E5">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="00161BC6" w:rsidRPr="00161BC6">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="447C64DA" w14:textId="77777777" w:rsidR="00CF0C53" w:rsidRDefault="00CF0C53" w:rsidP="003B1EAE">
+    <w:p w14:paraId="7E915CC7" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="735585A1" w14:textId="77777777" w:rsidR="00CF0C53" w:rsidRDefault="00CF0C53" w:rsidP="003B1EAE">
+    <w:p w14:paraId="28942F25" w14:textId="77777777" w:rsidR="002B1E91" w:rsidRDefault="002B1E91" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="119066B6" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00346AA1" w:rsidP="00346AA1">
+  <w:p w14:paraId="5B5B5DD5" w14:textId="77777777" w:rsidR="00B955DF" w:rsidRDefault="00346AA1" w:rsidP="00346AA1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:leader="underscore" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="-510"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Nom / Année-Mois / service / Trigramme</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6E80CDF2" w14:textId="77777777" w:rsidR="003B1EAE" w:rsidRDefault="0048300D" w:rsidP="00EB4A03">
+  <w:p w14:paraId="485A86C9" w14:textId="77777777" w:rsidR="003B1EAE" w:rsidRDefault="0048300D" w:rsidP="00EB4A03">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:after="330"/>
       <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BE59DCE" wp14:editId="02E3A641">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DE97B69" wp14:editId="11304523">
           <wp:extent cx="3160800" cy="1191600"/>
           <wp:effectExtent l="0" t="0" r="1905" b="8890"/>
           <wp:docPr id="2" name="Image 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="..\Logos\NB\cdg69-logo-NB.tif"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
@@ -13032,165 +12572,166 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1014529212">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1788351697">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="989405829">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="232467980">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1818036988">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1668553335">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="156"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CF0C53"/>
+    <w:rsidRoot w:val="002B1E91"/>
     <w:rsid w:val="000168A0"/>
     <w:rsid w:val="00031BCF"/>
     <w:rsid w:val="000459D8"/>
     <w:rsid w:val="00091F96"/>
     <w:rsid w:val="00094C2C"/>
     <w:rsid w:val="00101DFF"/>
     <w:rsid w:val="00144624"/>
     <w:rsid w:val="00145A8E"/>
     <w:rsid w:val="00161BC6"/>
     <w:rsid w:val="001D78BD"/>
     <w:rsid w:val="002273D2"/>
     <w:rsid w:val="002A64B5"/>
+    <w:rsid w:val="002B1E91"/>
     <w:rsid w:val="002F26D6"/>
-    <w:rsid w:val="002F6541"/>
     <w:rsid w:val="00346AA1"/>
+    <w:rsid w:val="00352219"/>
     <w:rsid w:val="003961AF"/>
     <w:rsid w:val="003B1EAE"/>
     <w:rsid w:val="00464BF6"/>
     <w:rsid w:val="0048300D"/>
     <w:rsid w:val="00517759"/>
     <w:rsid w:val="00522C59"/>
     <w:rsid w:val="005965FC"/>
     <w:rsid w:val="005A2BA6"/>
     <w:rsid w:val="005C4430"/>
     <w:rsid w:val="005D4210"/>
     <w:rsid w:val="00622853"/>
     <w:rsid w:val="00687F23"/>
     <w:rsid w:val="006A6A15"/>
     <w:rsid w:val="006B364A"/>
     <w:rsid w:val="006B791A"/>
     <w:rsid w:val="006C0D7F"/>
     <w:rsid w:val="006E327D"/>
     <w:rsid w:val="00747A4A"/>
     <w:rsid w:val="00751966"/>
     <w:rsid w:val="007A3950"/>
     <w:rsid w:val="007A7DAC"/>
     <w:rsid w:val="00814A39"/>
     <w:rsid w:val="008C37BB"/>
     <w:rsid w:val="008D3BA9"/>
     <w:rsid w:val="009137D3"/>
     <w:rsid w:val="009408E5"/>
-    <w:rsid w:val="009A23C5"/>
     <w:rsid w:val="009A2748"/>
     <w:rsid w:val="009A6094"/>
+    <w:rsid w:val="00A515ED"/>
     <w:rsid w:val="00A712A6"/>
+    <w:rsid w:val="00B33ABA"/>
     <w:rsid w:val="00B955DF"/>
     <w:rsid w:val="00BE523B"/>
-    <w:rsid w:val="00CF0C53"/>
+    <w:rsid w:val="00C26F1A"/>
     <w:rsid w:val="00D02F3F"/>
     <w:rsid w:val="00D1180A"/>
     <w:rsid w:val="00D968A7"/>
+    <w:rsid w:val="00E562E6"/>
     <w:rsid w:val="00EB4A03"/>
     <w:rsid w:val="00ED46D1"/>
     <w:rsid w:val="00EE23A8"/>
     <w:rsid w:val="00EF7B5A"/>
     <w:rsid w:val="00F119A3"/>
     <w:rsid w:val="00F16632"/>
     <w:rsid w:val="00FA4658"/>
     <w:rsid w:val="00FC6EDE"/>
     <w:rsid w:val="00FE20B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6CD09741"/>
+  <w14:docId w14:val="5F3FB32B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{670D532A-AF85-4C87-981E-5573F35D76EA}"/>
+  <w15:docId w15:val="{15940305-B25B-45A1-8522-DC25532DECD3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14324,54 +13865,50 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emploi-territorial.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpd@cdg69.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.telerecours.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.tif"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -14607,73 +14144,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64576BE7-CB73-4E44-BF9B-9F7ADA386DDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ppr---modele---convention-ppr-2025.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>4219</Words>
-  <Characters>23210</Characters>
+  <Words>4173</Words>
+  <Characters>22954</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>193</Lines>
+  <Lines>191</Lines>
   <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>cdg69</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27375</CharactersWithSpaces>
+  <CharactersWithSpaces>27073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>NEGRO Stéphanie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>