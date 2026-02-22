--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="tif" ContentType="image/tiff"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9638" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
       <w:tr w:rsidR="00910402" w:rsidRPr="00910402" w14:paraId="0591459A" w14:textId="77777777" w:rsidTr="00C057C0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -70,194 +70,172 @@
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00837439" w:rsidRPr="00910402" w14:paraId="79CD10D4" w14:textId="77777777" w:rsidTr="00C057C0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="9619" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblpPr w:vertAnchor="text" w:tblpY="1"/>
+              <w:tblOverlap w:val="never"/>
+              <w:tblW w:w="9634" w:type="dxa"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="4233"/>
-              <w:gridCol w:w="5386"/>
+              <w:gridCol w:w="3681"/>
+              <w:gridCol w:w="5953"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00837439" w14:paraId="2028F7FF" w14:textId="77777777" w:rsidTr="004B4C3F">
-[...2 lines deleted...]
-              </w:trPr>
+            <w:tr w:rsidR="00C72E56" w14:paraId="1256828F" w14:textId="77777777" w:rsidTr="00C72E56">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4233" w:type="dxa"/>
+                  <w:tcW w:w="3681" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:bottom w:w="142" w:type="dxa"/>
+                  </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="23CDE794" w14:textId="1BB5F7EA" w:rsidR="00837439" w:rsidRPr="00901874" w:rsidRDefault="00837439" w:rsidP="00837439">
+                <w:p w14:paraId="06B16A13" w14:textId="2490836C" w:rsidR="00C72E56" w:rsidRDefault="00C72E56" w:rsidP="00C72E56">
                   <w:pPr>
-                    <w:snapToGrid w:val="0"/>
-[...4 lines deleted...]
-                    </w:rPr>
+                    <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                     </w:rPr>
-                    <w:t>Service Handicap et Maintien dans l’emploi</w:t>
+                    <w:t>Service Handicap et Maintien dans l’emploi - Apprentissage</w:t>
                   </w:r>
-                  <w:r w:rsidR="004D334C">
-[...6 lines deleted...]
-                  <w:bookmarkEnd w:id="0"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="5386" w:type="dxa"/>
+                  <w:tcW w:w="5953" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-                    <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
                   <w:tcMar>
-                    <w:left w:w="113" w:type="dxa"/>
-                    <w:right w:w="113" w:type="dxa"/>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:bottom w:w="142" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2D39DEE6" w14:textId="3484379B" w:rsidR="00837439" w:rsidRPr="00031BCF" w:rsidRDefault="00837439" w:rsidP="00837439">
+                <w:p w14:paraId="5F3F16B2" w14:textId="6A470C96" w:rsidR="00C72E56" w:rsidRDefault="00C72E56" w:rsidP="00C72E56">
                   <w:pPr>
-                    <w:snapToGrid w:val="0"/>
-[...1 lines deleted...]
-                    <w:ind w:left="65"/>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...5 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:rFonts w:cs="Arial"/>
                       <w:b/>
-                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="30"/>
-                      <w:szCs w:val="30"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Formulaire d’autorisation de partage de données personnelles </w:t>
+                    <w:t>Formulaire d’autorisation de partage de données personnelles</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="5EBEAE54" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439"/>
+          <w:p w14:paraId="1BDB5DE6" w14:textId="77777777" w:rsidR="00C72E56" w:rsidRDefault="00C72E56" w:rsidP="00C72E56"/>
+          <w:p w14:paraId="332E371F" w14:textId="77777777" w:rsidR="00C72E56" w:rsidRDefault="00C72E56" w:rsidP="00837439"/>
           <w:p w14:paraId="5432AB4D" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Je, soussigné(e)………………………………………………………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36E27A32" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Domicilié(e) au………………………………………………………………………………………..</w:t>
+              <w:t>Domicilié(e) au…………………………………………………………………………………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D195B48" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="663FEE97" w14:textId="34D30C2C" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Autorise le Centre de gestion de la fonction publique territoriale du Rhône et de la Métropole de Lyon (cdg69) dont le siège est situé au 9, allée Alban </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Vistel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 69110 Sainte Foy-lès-Lyon à : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61EB285F" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRPr="00837439" w:rsidRDefault="005A2AF3" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47CF40C3" w14:textId="108CC034" w:rsidR="00837439" w:rsidRPr="002019BC" w:rsidRDefault="00837439" w:rsidP="00837439">
+          <w:p w14:paraId="399F739E" w14:textId="3A24E058" w:rsidR="00837439" w:rsidRPr="00F87642" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="002019BC">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="373E1640" wp14:editId="63E8748F">
                       <wp:extent cx="143510" cy="143510"/>
                       <wp:effectExtent l="0" t="0" r="27940" b="27940"/>
                       <wp:docPr id="6" name="Rectangle 6"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="143510" cy="143510"/>
@@ -292,111 +270,125 @@
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="42B7632F" id="Rectangle 6" o:spid="_x0000_s1026" style="width:11.3pt;height:11.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABT+2QmwIAALQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r47TpNuCOkXQosOA&#10;oi3aDj0rshQLkEVNUuJkXz9Ksp22K3YYloNCmeQj+UTy/GLfarITziswFS1PJpQIw6FWZlPRH0/X&#10;n75Q4gMzNdNgREUPwtOL5ccP551diCk0oGvhCIIYv+hsRZsQ7KIoPG9Ey/wJWGFQKcG1LODVbYra&#10;sQ7RW11MJ5OzogNXWwdceI9fr7KSLhO+lIKHOym9CERXFHML6XTpXMezWJ6zxcYx2yjep8H+IYuW&#10;KYNBR6grFhjZOvUHVKu4Aw8ynHBoC5BScZFqwGrKyZtqHhtmRaoFyfF2pMn/P1h+u7t3RNUVPaPE&#10;sBaf6AFJY2ajBTmL9HTWL9Dq0d67/uZRjLXupWvjP1ZB9onSw0ip2AfC8WM5O52XSDxHVS8jSnF0&#10;ts6HbwJaEoWKOgyeiGS7Gx+y6WASY3nQqr5WWqdL7BJxqR3ZMXzf9aaMCSP4KyttSFfR0/LzPAG/&#10;0qU+OyKE/TsIiKcNwkYiculJCgctYhLaPAiJDGKx0xzgdVaMc2FCmVUNq0VOdj7B35Du4JGST4AR&#10;WWKZI3YPMFhmkAE7V93bR1eRWn90nvwtsew8eqTIYMLo3CoD7j0AjVX1kbP9QFKmJrK0hvqA/eUg&#10;D563/FrhO98wH+6Zw0nD1sDtEe7wkBrwnaCXKGnA/Xrve7THAUAtJR1ObkX9zy1zghL93eBofC1n&#10;szjq6TKbf57ixb3UrF9qzLa9BGyeEveU5UmM9kEPonTQPuOSWcWoqGKGY+yK8uCGy2XIGwXXFBer&#10;VTLD8bYs3JhHyyN4ZDX28dP+mTnbN3vAKbmFYcrZ4k3PZ9voaWC1DSBVGogjrz3fuBpS4/RrLO6e&#10;l/dkdVy2y98AAAD//wMAUEsDBBQABgAIAAAAIQBXgby42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9PS8NAEMXvQr/DMgVvdmPQUmI2RQr1z8GDVfA6zU6yIdnZkN02ybd31YO9zGN4w3u/ybeT&#10;7cSZBt84VnC7SkAQl043XCv4/NjfbED4gKyxc0wKZvKwLRZXOWbajfxO50OoRQxhn6ECE0KfSelL&#10;Qxb9yvXE0avcYDHEdailHnCM4baTaZKspcWGY4PBnnaGyvZwsgrat9e26V82VfVk5vtxxq8w3T0r&#10;db2cHh9ABJrC/zH84Ed0KCLT0Z1Ye9EpiI+E3xm9NF2DOP6pLHJ5yV58AwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAFP7ZCbAgAAtAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFeBvLjZAAAAAwEAAA8AAAAAAAAAAAAAAAAA9QQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="black [3213]" strokeweight=".25pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="002019BC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:t>diffuser mon CV à l’</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA5F8C">
+              <w:t>diffuser</w:t>
             </w:r>
-            <w:r w:rsidR="003C0A59">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA5F8C">
+              <w:t xml:space="preserve"> mon CV à l’</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0A59" w:rsidRPr="00CA5F8C">
               <w:t>ensemble des collectivités du</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CA5F8C">
               <w:t xml:space="preserve"> Rhône et de la Métropole de Lyon</w:t>
             </w:r>
+            <w:r w:rsidR="00C97543" w:rsidRPr="00CA5F8C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97543" w:rsidRPr="00F87642">
+              <w:t>ainsi qu’aux employeurs des fonctions publiques d’état et hospitalière</w:t>
+            </w:r>
+            <w:r w:rsidR="0093013C" w:rsidRPr="00F87642">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005304E7" w:rsidRPr="00F87642">
+              <w:t>appartenant au réseau de partenaires du cdg69 en matière d’apprentissage.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="399F739E" w14:textId="6C1204B7" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
+          <w:p w14:paraId="58582129" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRPr="00CA5F8C" w:rsidRDefault="005A2AF3" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58582129" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRDefault="005A2AF3" w:rsidP="00837439">
+          <w:p w14:paraId="47FD1429" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRPr="00CA5F8C" w:rsidRDefault="005A2AF3" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47FD1429" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRPr="002019BC" w:rsidRDefault="005A2AF3" w:rsidP="00837439">
+          <w:p w14:paraId="3570C831" w14:textId="6D7B0F92" w:rsidR="00D22EDB" w:rsidRPr="00CA5F8C" w:rsidRDefault="00D22EDB" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CA5F8C">
               <w:t xml:space="preserve">Ces diffusions ont pour objectifs : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C277420" w14:textId="1B293DD8" w:rsidR="00D22EDB" w:rsidRDefault="00D22EDB" w:rsidP="00975EF5">
+          <w:p w14:paraId="1C277420" w14:textId="7FAD2BBC" w:rsidR="00D22EDB" w:rsidRPr="00CA5F8C" w:rsidRDefault="00D22EDB" w:rsidP="00975EF5">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CA5F8C">
               <w:t xml:space="preserve">De favoriser la mise en relation entre les </w:t>
             </w:r>
-            <w:r w:rsidR="005A2AF3">
+            <w:r w:rsidR="005A2AF3" w:rsidRPr="00CA5F8C">
               <w:t>candidats</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CA5F8C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005A2AF3">
+            <w:r w:rsidR="005A2AF3" w:rsidRPr="00CA5F8C">
               <w:t xml:space="preserve">en recherche d’un apprentissage </w:t>
             </w:r>
-            <w:r>
-              <w:t>et les collectivités du Rhône et de la Métropole de Lyon</w:t>
+            <w:r w:rsidRPr="00CA5F8C">
+              <w:t xml:space="preserve">et les </w:t>
+            </w:r>
+            <w:r w:rsidR="00A84FBB" w:rsidRPr="00F87642">
+              <w:t>employeurs publics</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61F8B965" w14:textId="7FB4C956" w:rsidR="00D22EDB" w:rsidRDefault="00D22EDB" w:rsidP="00D22EDB">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00C3631C">
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> soutenir l’insertion professionnelle des </w:t>
             </w:r>
             <w:r w:rsidR="001577FB">
               <w:t>candidats en recherche d’un apprentissage</w:t>
             </w:r>
           </w:p>
@@ -408,59 +400,59 @@
           </w:p>
           <w:p w14:paraId="0DE45593" w14:textId="77777777" w:rsidR="00F505E7" w:rsidRDefault="00F505E7" w:rsidP="00975EF5">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52FB42CF" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRDefault="005A2AF3" w:rsidP="00975EF5">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="559CE1ED" w14:textId="77777777" w:rsidR="001577FB" w:rsidRDefault="001577FB" w:rsidP="00975EF5">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36243422" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Fait à </w:t>
+              <w:t>Fait à …………………</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
-              <w:t>………………………..,</w:t>
+              <w:t>…….</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> le …………………………..</w:t>
+              <w:t>., le …………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25F0BB5E" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C3ED7D8" w14:textId="77777777" w:rsidR="005A2AF3" w:rsidRDefault="005A2AF3" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F50D5C6" w14:textId="77777777" w:rsidR="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
             <w:pPr>
               <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
               <w:ind w:left="4536"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Lu et approuvé</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21489D73" w14:textId="60DF6FE3" w:rsidR="00837439" w:rsidRPr="00837439" w:rsidRDefault="00837439" w:rsidP="00837439">
@@ -501,289 +493,283 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B2756C0" w14:textId="4871E5D6" w:rsidR="009137D3" w:rsidRPr="00B955DF" w:rsidRDefault="009137D3" w:rsidP="00837439"/>
     <w:sectPr w:rsidR="009137D3" w:rsidRPr="00B955DF" w:rsidSect="00837439">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="397" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="122559B8" w14:textId="77777777" w:rsidR="00520FD8" w:rsidRDefault="00520FD8" w:rsidP="003B1EAE">
+    <w:p w14:paraId="112BCC51" w14:textId="77777777" w:rsidR="009978B4" w:rsidRDefault="009978B4" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D88118F" w14:textId="77777777" w:rsidR="00520FD8" w:rsidRDefault="00520FD8" w:rsidP="003B1EAE">
+    <w:p w14:paraId="274BE15A" w14:textId="77777777" w:rsidR="009978B4" w:rsidRDefault="009978B4" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Triplex Sans OT">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TriplexBold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="50002048" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0AAF54CE" w14:textId="77777777" w:rsidR="002273D2" w:rsidRDefault="00161BC6" w:rsidP="008D3BA9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="77A43956" w14:textId="77777777" w:rsidR="002273D2" w:rsidRPr="00161BC6" w:rsidRDefault="002273D2" w:rsidP="008D3BA9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="77A43956" w14:textId="126C5003" w:rsidR="002273D2" w:rsidRPr="00161BC6" w:rsidRDefault="00C72E56" w:rsidP="00C72E56">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="27CF2103" wp14:editId="503246EE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F71A5CD" wp14:editId="45F29B97">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-316865</wp:posOffset>
+            <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>10172700</wp:posOffset>
+            <wp:posOffset>10332720</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="4538980" cy="171450"/>
+          <wp:extent cx="4622400" cy="234000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
-              <wp:lineTo x="0" y="19200"/>
-[...1 lines deleted...]
-              <wp:lineTo x="21485" y="0"/>
+              <wp:lineTo x="0" y="19370"/>
+              <wp:lineTo x="21455" y="19370"/>
+              <wp:lineTo x="21455" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="3" name="Image 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="cdg69-logo-PiedDePage-NB.tif"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="4538980" cy="171450"/>
+                    <a:ext cx="4622400" cy="234000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79FD6DAB" w14:textId="77777777" w:rsidR="00520FD8" w:rsidRDefault="00520FD8" w:rsidP="003B1EAE">
+    <w:p w14:paraId="5894075F" w14:textId="77777777" w:rsidR="009978B4" w:rsidRDefault="009978B4" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69F8A404" w14:textId="77777777" w:rsidR="00520FD8" w:rsidRDefault="00520FD8" w:rsidP="003B1EAE">
+    <w:p w14:paraId="0909BAD1" w14:textId="77777777" w:rsidR="009978B4" w:rsidRDefault="009978B4" w:rsidP="003B1EAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4EABF8C6" w14:textId="66E0857B" w:rsidR="00B955DF" w:rsidRDefault="00837439" w:rsidP="00837439">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:after="600"/>
       <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FBB4834" wp14:editId="6ECDB9B2">
           <wp:extent cx="2246400" cy="1195200"/>
           <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
           <wp:docPr id="8" name="Image 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="..\Logos\NB\cdg69-logo-NB.tif"/>
                   <pic:cNvPicPr>
@@ -873,116 +859,116 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4538980" cy="171450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="72AA6835" w14:textId="77777777" w:rsidR="003B1EAE" w:rsidRDefault="0048300D" w:rsidP="007A3950">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="72AA6835" w14:textId="3AF2FA35" w:rsidR="003B1EAE" w:rsidRDefault="00C72E56" w:rsidP="007A3950">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:after="600"/>
       <w:ind w:left="-510"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="447FB9BC" wp14:editId="730527A7">
-[...2 lines deleted...]
-          <wp:docPr id="2" name="Image 2"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BCE5B4B" wp14:editId="76913033">
+          <wp:extent cx="3193200" cy="1202400"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="..\Logos\NB\cdg69-logo-NB.tif"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2246400" cy="1195200"/>
+                    <a:ext cx="3193200" cy="1202400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8F28E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="36F23B48"/>
     <w:name w:val="zzmpPAGENFR||PA GEN FR|2|3|0|0|0|41||1|0|49||1|0|32||1|0|33||1|0|32||1|0|32||1|0|32||1|0|32||1|0|32||"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="PAGENFRL1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="Article %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="850"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="1843"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps/>
         <w:smallCaps w:val="0"/>
@@ -1942,247 +1928,271 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1546135342">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="182862403">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1228611469">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="295263843">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1447849240">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="673384648">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1958482217">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="190"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
+  <w:revisionView w:markup="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA1C27"/>
     <w:rsid w:val="00031BCF"/>
     <w:rsid w:val="000700E0"/>
     <w:rsid w:val="000903AD"/>
     <w:rsid w:val="00091E63"/>
     <w:rsid w:val="00144624"/>
     <w:rsid w:val="00145A8E"/>
     <w:rsid w:val="001577FB"/>
     <w:rsid w:val="00161BC6"/>
     <w:rsid w:val="0016264D"/>
     <w:rsid w:val="001E6016"/>
     <w:rsid w:val="002019BC"/>
     <w:rsid w:val="002273D2"/>
     <w:rsid w:val="002276BB"/>
     <w:rsid w:val="0025373E"/>
     <w:rsid w:val="00297143"/>
     <w:rsid w:val="002A64B5"/>
     <w:rsid w:val="0030175A"/>
     <w:rsid w:val="00321A24"/>
     <w:rsid w:val="00346AA1"/>
     <w:rsid w:val="00380444"/>
     <w:rsid w:val="00384D21"/>
     <w:rsid w:val="0039132A"/>
     <w:rsid w:val="003961AF"/>
     <w:rsid w:val="003A53CB"/>
     <w:rsid w:val="003B1EAE"/>
     <w:rsid w:val="003C0A59"/>
     <w:rsid w:val="003D3201"/>
     <w:rsid w:val="003E662F"/>
     <w:rsid w:val="0044007C"/>
     <w:rsid w:val="00467802"/>
     <w:rsid w:val="0048300D"/>
+    <w:rsid w:val="00491665"/>
     <w:rsid w:val="004D334C"/>
     <w:rsid w:val="00517759"/>
     <w:rsid w:val="00520FD8"/>
     <w:rsid w:val="00522C59"/>
+    <w:rsid w:val="005304E7"/>
     <w:rsid w:val="005A2AF3"/>
     <w:rsid w:val="005A2BA6"/>
     <w:rsid w:val="005C4430"/>
     <w:rsid w:val="005E189A"/>
     <w:rsid w:val="00610D1E"/>
     <w:rsid w:val="00616F1E"/>
+    <w:rsid w:val="006959B2"/>
     <w:rsid w:val="006A748B"/>
     <w:rsid w:val="006B364A"/>
     <w:rsid w:val="00701A79"/>
+    <w:rsid w:val="00701FFE"/>
     <w:rsid w:val="00715A45"/>
+    <w:rsid w:val="00777C24"/>
     <w:rsid w:val="007A3950"/>
     <w:rsid w:val="007A457B"/>
     <w:rsid w:val="007C4D33"/>
     <w:rsid w:val="007C5661"/>
     <w:rsid w:val="007D0FBD"/>
     <w:rsid w:val="00814A39"/>
     <w:rsid w:val="00837439"/>
     <w:rsid w:val="0086282E"/>
     <w:rsid w:val="00893881"/>
     <w:rsid w:val="008A022A"/>
+    <w:rsid w:val="008B0877"/>
     <w:rsid w:val="008B300E"/>
     <w:rsid w:val="008C37BB"/>
     <w:rsid w:val="008D3BA9"/>
+    <w:rsid w:val="008E394A"/>
     <w:rsid w:val="00900686"/>
     <w:rsid w:val="00910402"/>
     <w:rsid w:val="009137D3"/>
+    <w:rsid w:val="0093013C"/>
     <w:rsid w:val="00975EF5"/>
     <w:rsid w:val="00986933"/>
+    <w:rsid w:val="009978B4"/>
     <w:rsid w:val="009A2748"/>
+    <w:rsid w:val="009B1BA0"/>
     <w:rsid w:val="00A712A6"/>
+    <w:rsid w:val="00A84FBB"/>
+    <w:rsid w:val="00B34168"/>
     <w:rsid w:val="00B41037"/>
     <w:rsid w:val="00B52DD9"/>
     <w:rsid w:val="00B921EA"/>
     <w:rsid w:val="00B955DF"/>
     <w:rsid w:val="00BD3340"/>
+    <w:rsid w:val="00BD5316"/>
     <w:rsid w:val="00BD6871"/>
     <w:rsid w:val="00BE523B"/>
     <w:rsid w:val="00BF61ED"/>
     <w:rsid w:val="00C057C0"/>
     <w:rsid w:val="00C3631C"/>
     <w:rsid w:val="00C46EE8"/>
     <w:rsid w:val="00C61AB0"/>
     <w:rsid w:val="00C67384"/>
+    <w:rsid w:val="00C72E56"/>
     <w:rsid w:val="00C77850"/>
+    <w:rsid w:val="00C851E1"/>
     <w:rsid w:val="00C903DA"/>
+    <w:rsid w:val="00C97543"/>
+    <w:rsid w:val="00CA5F8C"/>
+    <w:rsid w:val="00CA7486"/>
     <w:rsid w:val="00CB730C"/>
+    <w:rsid w:val="00CE507D"/>
     <w:rsid w:val="00D02F3F"/>
     <w:rsid w:val="00D1180A"/>
     <w:rsid w:val="00D22EDB"/>
     <w:rsid w:val="00D968A7"/>
+    <w:rsid w:val="00DC4F65"/>
     <w:rsid w:val="00E53460"/>
     <w:rsid w:val="00E72E90"/>
     <w:rsid w:val="00EA1C27"/>
     <w:rsid w:val="00EA6006"/>
     <w:rsid w:val="00ED46D1"/>
     <w:rsid w:val="00ED7DBC"/>
     <w:rsid w:val="00F119A3"/>
     <w:rsid w:val="00F16632"/>
     <w:rsid w:val="00F505E7"/>
     <w:rsid w:val="00F65E2F"/>
+    <w:rsid w:val="00F87642"/>
     <w:rsid w:val="00FA4658"/>
     <w:rsid w:val="00FE20B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="20AA41E0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FBC946DF-D096-497E-8D9D-AE6055C8E6C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2510,50 +2520,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002273D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00B955DF"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="18" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="1" w:color="auto"/>
@@ -3423,93 +3438,125 @@
         <w:ilvl w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PAGENFRL8">
     <w:name w:val="PAGENFR_L8"/>
     <w:basedOn w:val="PAGENFRL7"/>
     <w:rsid w:val="00091E63"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PAGENFRL9">
     <w:name w:val="PAGENFR_L9"/>
     <w:basedOn w:val="PAGENFRL8"/>
     <w:rsid w:val="00091E63"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00C72E56"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005304E7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="310525904">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.tif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\ISIS\Modeles\m.david\DocumentAvecLogo.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\ISIS\Modeles\s.negro\DocumentAvecLogo.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3738,82 +3785,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C39EF0AC-B1A4-4D8F-BFEA-5B18A37EBDAF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62257A99-A8AF-4A82-9A29-894E3FABBA76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DocumentAvecLogo.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>129</Words>
-  <Characters>714</Characters>
+  <Words>147</Words>
+  <Characters>809</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>cdg69</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>842</CharactersWithSpaces>
+  <CharactersWithSpaces>955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>c.poullain;M.THENOT;A.SALZE</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>